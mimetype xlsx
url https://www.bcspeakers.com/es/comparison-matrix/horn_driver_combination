--- v0 (2025-10-30)
+++ v1 (2026-02-23)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AN20"/>
+  <dimension ref="A1:AR23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>name</v>
       </c>
       <c r="B1" t="str">
         <v>inches</v>
       </c>
       <c r="C1" t="str">
         <v xml:space="preserve"> Nominal Impedance (Ω)</v>
       </c>
       <c r="D1" t="str">
         <v xml:space="preserve"> Active Radiating Factor (%)</v>
       </c>
       <c r="E1" t="str">
         <v xml:space="preserve"> Horizontal Coverage (° Max)</v>
       </c>
       <c r="F1" t="str">
         <v xml:space="preserve"> Minimum Impedance (Ω)</v>
       </c>
       <c r="G1" t="str">
         <v xml:space="preserve"> Nominal Power Handling (W)</v>
@@ -510,74 +510,86 @@
       <c r="X1" t="str">
         <v xml:space="preserve"> Shipping Weight (lb )</v>
       </c>
       <c r="Y1" t="str">
         <v xml:space="preserve"> Shipping Box (mm)</v>
       </c>
       <c r="Z1" t="str">
         <v xml:space="preserve"> Shipping Box (in )</v>
       </c>
       <c r="AA1" t="str">
         <v xml:space="preserve"> Driver Diameter (mm)</v>
       </c>
       <c r="AB1" t="str">
         <v xml:space="preserve"> Driver Diameter (in )</v>
       </c>
       <c r="AC1" t="str">
         <v xml:space="preserve"> Dimensions (mm)</v>
       </c>
       <c r="AD1" t="str">
         <v xml:space="preserve"> Dimensions (in )</v>
       </c>
       <c r="AE1" t="str">
         <v>Service kit HF</v>
       </c>
       <c r="AF1" t="str">
+        <v xml:space="preserve"> Throat Diameter (mm)</v>
+      </c>
+      <c r="AG1" t="str">
+        <v xml:space="preserve"> Throat Diameter (in )</v>
+      </c>
+      <c r="AH1" t="str">
+        <v xml:space="preserve"> Nominal Coverage Horizontal (°)</v>
+      </c>
+      <c r="AI1" t="str">
+        <v xml:space="preserve"> Nominal Coverage Vertical (°)</v>
+      </c>
+      <c r="AJ1" t="str">
+        <v xml:space="preserve"> Cutoff Frequency (kHz)</v>
+      </c>
+      <c r="AK1" t="str">
+        <v xml:space="preserve"> Material</v>
+      </c>
+      <c r="AL1" t="str">
+        <v xml:space="preserve"> Design</v>
+      </c>
+      <c r="AM1" t="str">
         <v xml:space="preserve"> Inductance (mH)</v>
       </c>
-      <c r="AG1" t="str">
+      <c r="AN1" t="str">
+        <v xml:space="preserve"> Depth (mm)</v>
+      </c>
+      <c r="AO1" t="str">
+        <v xml:space="preserve"> Depth (in )</v>
+      </c>
+      <c r="AP1" t="str">
         <v>Service kit MF</v>
       </c>
-      <c r="AH1" t="str">
-[...14 lines deleted...]
-      <c r="AM1" t="str">
+      <c r="AQ1" t="str">
         <v xml:space="preserve"> Baffle Cutout Diameter (mm)</v>
       </c>
-      <c r="AN1" t="str">
+      <c r="AR1" t="str">
         <v xml:space="preserve"> Baffle Cutout Diameter (in )</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>ME102+400</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2" t="str">
         <v>8</v>
       </c>
       <c r="D2" t="str">
         <v>92,5</v>
       </c>
       <c r="E2" t="str">
         <v>140</v>
       </c>
       <c r="F2" t="str">
         <v>7,7</v>
       </c>
       <c r="G2" t="str">
         <v>50</v>
       </c>
@@ -634,1668 +646,1890 @@
       </c>
       <c r="Y2" t="str">
         <v>175x115x90</v>
       </c>
       <c r="Z2" t="str">
         <v>6.89x4.53x3.54</v>
       </c>
       <c r="AA2" t="str">
         <v>86</v>
       </c>
       <c r="AB2" t="str">
         <v>3,3</v>
       </c>
       <c r="AC2" t="str">
         <v>111x87x155</v>
       </c>
       <c r="AD2" t="str">
         <v>4.4x3.5x6.1</v>
       </c>
       <c r="AE2" t="str">
         <v>MMD4008</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>ME146+354</v>
+        <v>ME10V3-DH350H</v>
       </c>
       <c r="B3">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="C3" t="str">
         <v>8</v>
       </c>
-      <c r="D3" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="str">
-        <v>6,5</v>
+        <v>7,9</v>
       </c>
       <c r="G3" t="str">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H3" t="str">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I3" t="str">
-        <v>111</v>
+        <v>108,5</v>
       </c>
       <c r="J3" t="str">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K3" t="str">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="L3" t="str">
-        <v>4,5</v>
+        <v>1,5</v>
       </c>
       <c r="M3" t="str">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="N3" t="str">
-        <v>2</v>
+        <v>1,4</v>
       </c>
       <c r="O3" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P3" t="str">
-        <v>1,96</v>
+        <v>1,8</v>
       </c>
       <c r="Q3" t="str">
-        <v>HT Polymer Ring</v>
-[...5 lines deleted...]
-        <v>6.5x1</v>
+        <v>HT Polymer</v>
       </c>
       <c r="T3" t="str">
-        <v>3,07</v>
+        <v>0,47</v>
       </c>
       <c r="U3" t="str">
-        <v>6,77</v>
-[...5 lines deleted...]
-        <v>5,12</v>
+        <v>1,04</v>
       </c>
       <c r="AE3" t="str">
-        <v>MMDDCX354HF8</v>
+        <v>MMDDH3508</v>
       </c>
       <c r="AF3" t="str">
-        <v>0,1</v>
+        <v>25</v>
       </c>
       <c r="AG3" t="str">
-        <v>MMDDCX354MF8</v>
+        <v>1</v>
+      </c>
+      <c r="AH3" t="str">
+        <v>90</v>
+      </c>
+      <c r="AI3" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ3" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="AK3" t="str">
+        <v>ABS</v>
+      </c>
+      <c r="AL3" t="str">
+        <v>Hyperbolic Cosine Flare</v>
+      </c>
+      <c r="AM3" t="str">
+        <v>0,09</v>
+      </c>
+      <c r="AN3" t="str">
+        <v>152</v>
+      </c>
+      <c r="AO3" t="str">
+        <v>5,98</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>ME148+354</v>
+        <v>ME10V3-DH450H</v>
       </c>
       <c r="B4">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="C4" t="str">
         <v>8</v>
       </c>
-      <c r="D4" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="str">
-        <v>6,5</v>
+        <v>7,6</v>
       </c>
       <c r="G4" t="str">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H4" t="str">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I4" t="str">
-        <v>110,1</v>
+        <v>109</v>
       </c>
       <c r="J4" t="str">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K4" t="str">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L4" t="str">
-        <v>4,5</v>
+        <v>1,5</v>
       </c>
       <c r="M4" t="str">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="N4" t="str">
-        <v>2</v>
+        <v>1,7</v>
       </c>
       <c r="O4" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P4" t="str">
-        <v>1,96</v>
+        <v>1,9</v>
       </c>
       <c r="Q4" t="str">
-        <v>HT Polymer Ring</v>
-[...5 lines deleted...]
-        <v>8.9x1</v>
+        <v>HT Polymer</v>
       </c>
       <c r="T4" t="str">
-        <v>3,28</v>
+        <v>0,77</v>
       </c>
       <c r="U4" t="str">
-        <v>7,23</v>
-[...11 lines deleted...]
-        <v>9.85x9.45x4.73</v>
+        <v>1,7</v>
       </c>
       <c r="AE4" t="str">
-        <v>MMDDCX354HF8</v>
+        <v>MMDDH4508</v>
       </c>
       <c r="AF4" t="str">
-        <v>0,1</v>
+        <v>25</v>
       </c>
       <c r="AG4" t="str">
-        <v>MMDDCX354MF8</v>
+        <v>1</v>
+      </c>
+      <c r="AH4" t="str">
+        <v>90</v>
+      </c>
+      <c r="AI4" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ4" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="AK4" t="str">
+        <v>ABS</v>
+      </c>
+      <c r="AL4" t="str">
+        <v>Hyperbolic Cosine Flare</v>
+      </c>
+      <c r="AM4" t="str">
+        <v>0,16</v>
+      </c>
+      <c r="AN4" t="str">
+        <v>154,4</v>
+      </c>
+      <c r="AO4" t="str">
+        <v>6,08</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>ME148+354</v>
+        <v>ME146+354</v>
       </c>
       <c r="B5">
         <v>1.4</v>
       </c>
       <c r="C5" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D5" t="str">
-        <v>93,3</v>
+        <v>92</v>
       </c>
       <c r="E5" t="str">
         <v>120</v>
       </c>
       <c r="F5" t="str">
-        <v>10,3</v>
+        <v>6,5</v>
       </c>
       <c r="G5" t="str">
         <v>50</v>
       </c>
       <c r="H5" t="str">
         <v>100</v>
       </c>
       <c r="I5" t="str">
-        <v>111,4</v>
+        <v>111</v>
       </c>
       <c r="J5" t="str">
         <v>5</v>
       </c>
       <c r="K5" t="str">
         <v>20</v>
       </c>
       <c r="L5" t="str">
         <v>4,5</v>
       </c>
       <c r="M5" t="str">
         <v>51</v>
       </c>
       <c r="N5" t="str">
         <v>2</v>
       </c>
       <c r="O5" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P5" t="str">
         <v>1,96</v>
       </c>
       <c r="Q5" t="str">
         <v>HT Polymer Ring</v>
       </c>
       <c r="R5" t="str">
-        <v>225x25.6</v>
+        <v>165x25.6</v>
       </c>
       <c r="S5" t="str">
-        <v>8.9x1</v>
+        <v>6.5x1</v>
       </c>
       <c r="T5" t="str">
-        <v>3,28</v>
+        <v>3,07</v>
       </c>
       <c r="U5" t="str">
-        <v>7,23</v>
+        <v>6,77</v>
       </c>
       <c r="AA5" t="str">
         <v>130</v>
       </c>
       <c r="AB5" t="str">
         <v>5,12</v>
       </c>
-      <c r="AC5" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AE5" t="str">
-        <v>MMDDCX354HF16</v>
-[...5 lines deleted...]
-        <v>MMDDCX354MF16</v>
+        <v>MMDDCX354HF8</v>
+      </c>
+      <c r="AM5" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP5" t="str">
+        <v>MMDDCX354MF8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>ME148+464</v>
+        <v>ME146+354+HF146</v>
       </c>
       <c r="B6">
         <v>1.4</v>
       </c>
       <c r="C6" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D6" t="str">
-        <v>93,3</v>
+        <v>92</v>
       </c>
       <c r="E6" t="str">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="F6" t="str">
-        <v>11,7</v>
+        <v>6,8</v>
       </c>
       <c r="G6" t="str">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="H6" t="str">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I6" t="str">
-        <v>110,1</v>
+        <v>110,3</v>
       </c>
       <c r="J6" t="str">
-        <v>3,5</v>
+        <v>4</v>
       </c>
       <c r="K6" t="str">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L6" t="str">
-        <v>4</v>
+        <v>4,5</v>
       </c>
       <c r="M6" t="str">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="N6" t="str">
-        <v>2,56</v>
+        <v>2</v>
       </c>
       <c r="O6" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P6" t="str">
-        <v>2,14</v>
+        <v>1,96</v>
       </c>
       <c r="Q6" t="str">
         <v>HT Polymer Ring</v>
       </c>
-      <c r="R6" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="T6" t="str">
-        <v>4,48</v>
+        <v>3,52</v>
       </c>
       <c r="U6" t="str">
-        <v>9,88</v>
+        <v>7,76</v>
       </c>
       <c r="AA6" t="str">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="AB6" t="str">
-        <v>5,98</v>
-[...5 lines deleted...]
-        <v>9.92x9.45x4.73</v>
+        <v>5,12</v>
       </c>
       <c r="AE6" t="str">
-        <v>MMDDCX464HF16</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>MMDDCX354HF8</v>
+      </c>
+      <c r="AM6" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP6" t="str">
+        <v>MMDDCX354MF8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>ME148+464</v>
+        <v>ME148+354</v>
       </c>
       <c r="B7">
         <v>1.4</v>
       </c>
       <c r="C7" t="str">
         <v>8</v>
       </c>
       <c r="D7" t="str">
         <v>93,3</v>
       </c>
       <c r="E7" t="str">
         <v>120</v>
       </c>
       <c r="F7" t="str">
-        <v>9,1</v>
+        <v>6,5</v>
       </c>
       <c r="G7" t="str">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="H7" t="str">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I7" t="str">
-        <v>107,6</v>
+        <v>110,1</v>
       </c>
       <c r="J7" t="str">
-        <v>3,5</v>
+        <v>5</v>
       </c>
       <c r="K7" t="str">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L7" t="str">
-        <v>4</v>
+        <v>4,5</v>
       </c>
       <c r="M7" t="str">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="N7" t="str">
-        <v>2,56</v>
+        <v>2</v>
       </c>
       <c r="O7" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P7" t="str">
-        <v>2,14</v>
+        <v>1,96</v>
       </c>
       <c r="Q7" t="str">
         <v>HT Polymer Ring</v>
       </c>
       <c r="R7" t="str">
         <v>225x25.6</v>
       </c>
       <c r="S7" t="str">
         <v>8.9x1</v>
       </c>
       <c r="T7" t="str">
-        <v>4,48</v>
+        <v>3,28</v>
       </c>
       <c r="U7" t="str">
-        <v>9,88</v>
+        <v>7,23</v>
       </c>
       <c r="AA7" t="str">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="AB7" t="str">
-        <v>5,98</v>
+        <v>5,12</v>
       </c>
       <c r="AC7" t="str">
-        <v>251.9x240x120.1</v>
+        <v>250.3x240x120.1</v>
       </c>
       <c r="AD7" t="str">
-        <v>9.92x9.45x4.73</v>
+        <v>9.85x9.45x4.73</v>
       </c>
       <c r="AE7" t="str">
-        <v>MMDDCX464HF8</v>
-[...1 lines deleted...]
-      <c r="AF7" t="str">
+        <v>MMDDCX354HF8</v>
+      </c>
+      <c r="AM7" t="str">
         <v>0,1</v>
       </c>
-      <c r="AG7" t="str">
-        <v>MMDDCX464MF8</v>
+      <c r="AP7" t="str">
+        <v>MMDDCX354MF8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>ME148+464+HF148</v>
+        <v>ME148+354</v>
       </c>
       <c r="B8">
         <v>1.4</v>
       </c>
       <c r="C8" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D8" t="str">
         <v>93,3</v>
       </c>
       <c r="E8" t="str">
+        <v>120</v>
+      </c>
+      <c r="F8" t="str">
+        <v>10,3</v>
+      </c>
+      <c r="G8" t="str">
+        <v>50</v>
+      </c>
+      <c r="H8" t="str">
         <v>100</v>
       </c>
-      <c r="F8" t="str">
-[...7 lines deleted...]
-      </c>
       <c r="I8" t="str">
-        <v>109</v>
+        <v>111,4</v>
       </c>
       <c r="J8" t="str">
-        <v>3,5</v>
+        <v>5</v>
       </c>
       <c r="K8" t="str">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L8" t="str">
-        <v>4</v>
+        <v>4,5</v>
       </c>
       <c r="M8" t="str">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="N8" t="str">
-        <v>2,5</v>
+        <v>2</v>
       </c>
       <c r="O8" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P8" t="str">
-        <v>2,14</v>
+        <v>1,96</v>
       </c>
       <c r="Q8" t="str">
         <v>HT Polymer Ring</v>
       </c>
+      <c r="R8" t="str">
+        <v>225x25.6</v>
+      </c>
+      <c r="S8" t="str">
+        <v>8.9x1</v>
+      </c>
       <c r="T8" t="str">
-        <v>5,06</v>
+        <v>3,28</v>
       </c>
       <c r="U8" t="str">
-        <v>11,16</v>
+        <v>7,23</v>
       </c>
       <c r="AA8" t="str">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="AB8" t="str">
-        <v>5,98</v>
+        <v>5,12</v>
       </c>
       <c r="AC8" t="str">
-        <v>260x260x327.6</v>
+        <v>250.3x240x120.1</v>
       </c>
       <c r="AD8" t="str">
-        <v>10.2x10.2x12.9</v>
+        <v>9.85x9.45x4.73</v>
       </c>
       <c r="AE8" t="str">
-        <v>MMDDCX464HF8</v>
-[...5 lines deleted...]
-        <v>MMDDCX464MF8</v>
+        <v>MMDDCX354HF16</v>
+      </c>
+      <c r="AM8" t="str">
+        <v>0,15</v>
+      </c>
+      <c r="AP8" t="str">
+        <v>MMDDCX354MF16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>ME148+780TN</v>
+        <v>ME148+464</v>
       </c>
       <c r="B9">
         <v>1.4</v>
       </c>
       <c r="C9" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D9" t="str">
         <v>93,3</v>
       </c>
       <c r="E9" t="str">
         <v>120</v>
       </c>
       <c r="F9" t="str">
-        <v>7,8</v>
+        <v>11,7</v>
       </c>
       <c r="G9" t="str">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="H9" t="str">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="I9" t="str">
-        <v>107,6</v>
+        <v>110,1</v>
       </c>
       <c r="J9" t="str">
-        <v>500</v>
+        <v>3,5</v>
       </c>
       <c r="K9" t="str">
         <v>18</v>
       </c>
       <c r="L9" t="str">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M9" t="str">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="N9" t="str">
-        <v>3</v>
+        <v>2,56</v>
       </c>
       <c r="O9" t="str">
-        <v>CCAW</v>
+        <v>Aluminium</v>
       </c>
       <c r="P9" t="str">
-        <v>1,95</v>
+        <v>2,14</v>
       </c>
       <c r="Q9" t="str">
-        <v>Titanium</v>
+        <v>HT Polymer Ring</v>
       </c>
       <c r="R9" t="str">
         <v>225x25.6</v>
       </c>
       <c r="S9" t="str">
         <v>8.9x1</v>
       </c>
       <c r="T9" t="str">
-        <v>2,38</v>
+        <v>4,48</v>
       </c>
       <c r="U9" t="str">
-        <v>5,25</v>
+        <v>9,88</v>
       </c>
       <c r="AA9" t="str">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="AB9" t="str">
-        <v>4,41</v>
+        <v>5,98</v>
       </c>
       <c r="AC9" t="str">
-        <v>230.6x240x120.1</v>
+        <v>251.9x240x120.1</v>
       </c>
       <c r="AD9" t="str">
-        <v>9.08x9.45x4.73</v>
+        <v>9.92x9.45x4.73</v>
       </c>
       <c r="AE9" t="str">
-        <v>MMD3FTN8M</v>
-[...2 lines deleted...]
-        <v>NaN</v>
+        <v>MMDDCX464HF16</v>
+      </c>
+      <c r="AJ9" t="str">
+        <v>1</v>
+      </c>
+      <c r="AM9" t="str">
+        <v>0,14</v>
+      </c>
+      <c r="AP9" t="str">
+        <v>MMDDCX464MF16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>ME148+991TN</v>
+        <v>ME148+464</v>
       </c>
       <c r="B10">
         <v>1.4</v>
       </c>
       <c r="C10" t="str">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>93,3</v>
       </c>
       <c r="E10" t="str">
         <v>120</v>
       </c>
       <c r="F10" t="str">
-        <v>7,8</v>
+        <v>9,1</v>
       </c>
       <c r="G10" t="str">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="H10" t="str">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I10" t="str">
-        <v>108,5</v>
+        <v>107,6</v>
       </c>
       <c r="J10" t="str">
-        <v>800</v>
+        <v>3,5</v>
       </c>
       <c r="K10" t="str">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L10" t="str">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M10" t="str">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="N10" t="str">
-        <v>3,4</v>
+        <v>2,56</v>
       </c>
       <c r="O10" t="str">
-        <v>CCAW</v>
+        <v>Aluminium</v>
       </c>
       <c r="P10" t="str">
-        <v>1,94</v>
+        <v>2,14</v>
       </c>
       <c r="Q10" t="str">
-        <v>Titanium</v>
+        <v>HT Polymer Ring</v>
       </c>
       <c r="R10" t="str">
         <v>225x25.6</v>
       </c>
       <c r="S10" t="str">
         <v>8.9x1</v>
       </c>
       <c r="T10" t="str">
-        <v>2,78</v>
+        <v>4,48</v>
       </c>
       <c r="U10" t="str">
-        <v>6,13</v>
+        <v>9,88</v>
       </c>
       <c r="AA10" t="str">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="AB10" t="str">
-        <v>4,53</v>
+        <v>5,98</v>
       </c>
       <c r="AC10" t="str">
-        <v>240.6x240x120.1</v>
+        <v>251.9x240x120.1</v>
       </c>
       <c r="AD10" t="str">
-        <v>9.47x9.45x4.73</v>
+        <v>9.92x9.45x4.73</v>
       </c>
       <c r="AE10" t="str">
-        <v>MMD35FTN8M</v>
-[...2 lines deleted...]
-        <v>NaN</v>
+        <v>MMDDCX464HF8</v>
+      </c>
+      <c r="AM10" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP10" t="str">
+        <v>MMDDCX464MF8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>ME242+1090TN</v>
+        <v>ME148+464+HF148</v>
       </c>
       <c r="B11">
         <v>1.4</v>
       </c>
       <c r="C11" t="str">
         <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>93,7</v>
+        <v>93,3</v>
       </c>
       <c r="E11" t="str">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="F11" t="str">
-        <v>8</v>
+        <v>9,1</v>
       </c>
       <c r="G11" t="str">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="H11" t="str">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="I11" t="str">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J11" t="str">
-        <v>0,5</v>
+        <v>3,5</v>
       </c>
       <c r="K11" t="str">
         <v>18</v>
       </c>
       <c r="L11" t="str">
-        <v>0,8</v>
+        <v>4</v>
       </c>
       <c r="M11" t="str">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="N11" t="str">
-        <v>4</v>
+        <v>2,5</v>
       </c>
       <c r="O11" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P11" t="str">
-        <v>1,9</v>
+        <v>2,14</v>
       </c>
       <c r="Q11" t="str">
-        <v>Titanium</v>
-[...5 lines deleted...]
-        <v>6x1</v>
+        <v>HT Polymer Ring</v>
       </c>
       <c r="T11" t="str">
-        <v>2,9</v>
+        <v>5,06</v>
       </c>
       <c r="U11" t="str">
-        <v>6,39</v>
-[...14 lines deleted...]
-        <v>9.6x5.5x6.9</v>
+        <v>11,16</v>
       </c>
       <c r="AA11" t="str">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="AB11" t="str">
-        <v>5</v>
+        <v>5,98</v>
       </c>
       <c r="AC11" t="str">
-        <v>163x130x234</v>
+        <v>260x260x327.6</v>
       </c>
       <c r="AD11" t="str">
-        <v>6.42x5.12x9.21</v>
+        <v>10.2x10.2x12.9</v>
       </c>
       <c r="AE11" t="str">
-        <v>MMD4CTN8M</v>
+        <v>MMDDCX464HF8</v>
+      </c>
+      <c r="AM11" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP11" t="str">
+        <v>MMDDCX464MF8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>ME242+800</v>
+        <v>ME148+780TN</v>
       </c>
       <c r="B12">
         <v>1.4</v>
       </c>
       <c r="C12" t="str">
         <v>8</v>
       </c>
       <c r="D12" t="str">
-        <v>93,7</v>
+        <v>93,3</v>
       </c>
       <c r="E12" t="str">
         <v>120</v>
       </c>
       <c r="F12" t="str">
-        <v>8,6</v>
+        <v>7,8</v>
       </c>
       <c r="G12" t="str">
         <v>110</v>
       </c>
       <c r="H12" t="str">
         <v>220</v>
       </c>
       <c r="I12" t="str">
-        <v>108</v>
+        <v>107,6</v>
       </c>
       <c r="J12" t="str">
+        <v>500</v>
+      </c>
+      <c r="K12" t="str">
+        <v>18</v>
+      </c>
+      <c r="L12" t="str">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0,8</v>
       </c>
       <c r="M12" t="str">
         <v>75</v>
       </c>
       <c r="N12" t="str">
         <v>3</v>
       </c>
       <c r="O12" t="str">
-        <v>Aluminium</v>
+        <v>CCAW</v>
       </c>
       <c r="P12" t="str">
-        <v>1,85</v>
+        <v>1,95</v>
       </c>
       <c r="Q12" t="str">
-        <v>Composite Polyimide/Titanium</v>
+        <v>Titanium</v>
       </c>
       <c r="R12" t="str">
-        <v>153x25</v>
+        <v>225x25.6</v>
       </c>
       <c r="S12" t="str">
-        <v>6x1</v>
+        <v>8.9x1</v>
       </c>
       <c r="T12" t="str">
-        <v>3,2</v>
+        <v>2,38</v>
       </c>
       <c r="U12" t="str">
-        <v>7,05</v>
-[...14 lines deleted...]
-        <v>9.65x5.51x6.89</v>
+        <v>5,25</v>
       </c>
       <c r="AA12" t="str">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="AB12" t="str">
-        <v>4,9</v>
+        <v>4,41</v>
       </c>
       <c r="AC12" t="str">
-        <v>163x130x235</v>
+        <v>230.6x240x120.1</v>
       </c>
       <c r="AD12" t="str">
-        <v>6.4x5.1x9.3</v>
+        <v>9.08x9.45x4.73</v>
       </c>
       <c r="AE12" t="str">
-        <v>MMD8008M</v>
+        <v>MMD3FTN8M</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>ME242+880TN</v>
+        <v>ME148+991TN</v>
       </c>
       <c r="B13">
         <v>1.4</v>
       </c>
       <c r="C13" t="str">
         <v>8</v>
       </c>
       <c r="D13" t="str">
-        <v>93,7</v>
+        <v>93,3</v>
       </c>
       <c r="E13" t="str">
         <v>120</v>
       </c>
       <c r="F13" t="str">
-        <v>8,1</v>
+        <v>7,8</v>
       </c>
       <c r="G13" t="str">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="H13" t="str">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="I13" t="str">
-        <v>108</v>
+        <v>108,5</v>
       </c>
       <c r="J13" t="str">
-        <v>0,5</v>
+        <v>800</v>
       </c>
       <c r="K13" t="str">
         <v>17</v>
       </c>
       <c r="L13" t="str">
-        <v>0,8</v>
+        <v>1</v>
       </c>
       <c r="M13" t="str">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="N13" t="str">
-        <v>3</v>
+        <v>3,4</v>
       </c>
       <c r="O13" t="str">
-        <v>Aluminium</v>
+        <v>CCAW</v>
       </c>
       <c r="P13" t="str">
-        <v>1,85</v>
+        <v>1,94</v>
       </c>
       <c r="Q13" t="str">
         <v>Titanium</v>
       </c>
       <c r="R13" t="str">
-        <v>153x25</v>
+        <v>225x25.6</v>
       </c>
       <c r="S13" t="str">
-        <v>6x1</v>
+        <v>8.9x1</v>
       </c>
       <c r="T13" t="str">
-        <v>3,1</v>
+        <v>2,78</v>
       </c>
       <c r="U13" t="str">
-        <v>6,83</v>
-[...14 lines deleted...]
-        <v>9.6x5.5x6.9</v>
+        <v>6,13</v>
       </c>
       <c r="AA13" t="str">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="AB13" t="str">
-        <v>4,9</v>
+        <v>4,53</v>
       </c>
       <c r="AC13" t="str">
-        <v>163x130x235</v>
+        <v>240.6x240x120.1</v>
       </c>
       <c r="AD13" t="str">
-        <v>6.4x5.1x9.3</v>
+        <v>9.47x9.45x4.73</v>
       </c>
       <c r="AE13" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD35FTN8M</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>ME242+980TN</v>
+        <v>ME242+1090TN</v>
       </c>
       <c r="B14">
         <v>1.4</v>
       </c>
       <c r="C14" t="str">
         <v>8</v>
       </c>
       <c r="D14" t="str">
         <v>93,7</v>
       </c>
       <c r="E14" t="str">
         <v>120</v>
       </c>
       <c r="F14" t="str">
         <v>8</v>
       </c>
       <c r="G14" t="str">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="H14" t="str">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="I14" t="str">
-        <v>108,5</v>
+        <v>108</v>
       </c>
       <c r="J14" t="str">
-        <v>1</v>
+        <v>0,5</v>
       </c>
       <c r="K14" t="str">
         <v>18</v>
       </c>
       <c r="L14" t="str">
         <v>0,8</v>
       </c>
       <c r="M14" t="str">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="N14" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O14" t="str">
-        <v>CCAW</v>
+        <v>Aluminium</v>
       </c>
       <c r="P14" t="str">
-        <v>2,05</v>
+        <v>1,9</v>
       </c>
       <c r="Q14" t="str">
         <v>Titanium</v>
       </c>
       <c r="R14" t="str">
         <v>153x25</v>
       </c>
       <c r="S14" t="str">
         <v>6x1</v>
       </c>
       <c r="T14" t="str">
-        <v>3,35</v>
+        <v>2,9</v>
       </c>
       <c r="U14" t="str">
-        <v>7,39</v>
+        <v>6,39</v>
       </c>
       <c r="V14" t="str">
         <v>1</v>
       </c>
       <c r="W14" t="str">
-        <v>3,45</v>
+        <v>3</v>
       </c>
       <c r="X14" t="str">
-        <v>7,61</v>
+        <v>6,61</v>
       </c>
       <c r="Y14" t="str">
         <v>245x140x175</v>
       </c>
       <c r="Z14" t="str">
-        <v>9.65x5.51x6.89</v>
+        <v>9.6x5.5x6.9</v>
       </c>
       <c r="AA14" t="str">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="AB14" t="str">
-        <v>5,16</v>
+        <v>5</v>
       </c>
       <c r="AC14" t="str">
-        <v>163x130x235</v>
+        <v>163x130x234</v>
       </c>
       <c r="AD14" t="str">
-        <v>6.4x5.1x9.3</v>
+        <v>6.42x5.12x9.21</v>
       </c>
       <c r="AE14" t="str">
-        <v>MMD3DTN8M</v>
+        <v>MMD4CTN8M</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>ME242+990TN</v>
+        <v>ME242+800</v>
       </c>
       <c r="B15">
         <v>1.4</v>
       </c>
       <c r="C15" t="str">
         <v>8</v>
       </c>
       <c r="D15" t="str">
         <v>93,7</v>
       </c>
       <c r="E15" t="str">
         <v>120</v>
       </c>
       <c r="F15" t="str">
-        <v>7,8</v>
+        <v>8,6</v>
       </c>
       <c r="G15" t="str">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H15" t="str">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="I15" t="str">
-        <v>107,5</v>
+        <v>108</v>
       </c>
       <c r="J15" t="str">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="K15" t="str">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L15" t="str">
-        <v>1</v>
+        <v>0,8</v>
       </c>
       <c r="M15" t="str">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="N15" t="str">
-        <v>3,4</v>
+        <v>3</v>
       </c>
       <c r="O15" t="str">
-        <v>CCAW</v>
+        <v>Aluminium</v>
       </c>
       <c r="P15" t="str">
-        <v>1,9</v>
+        <v>1,85</v>
       </c>
       <c r="Q15" t="str">
-        <v>Titanium</v>
+        <v>Composite Polyimide/Titanium</v>
       </c>
       <c r="R15" t="str">
         <v>153x25</v>
       </c>
       <c r="S15" t="str">
         <v>6x1</v>
       </c>
       <c r="T15" t="str">
-        <v>2,95</v>
+        <v>3,2</v>
       </c>
       <c r="U15" t="str">
-        <v>6,5</v>
+        <v>7,05</v>
       </c>
       <c r="V15" t="str">
         <v>1</v>
       </c>
       <c r="W15" t="str">
-        <v>3,05</v>
+        <v>3,3</v>
       </c>
       <c r="X15" t="str">
-        <v>6,72</v>
+        <v>7,28</v>
       </c>
       <c r="Y15" t="str">
         <v>245x140x175</v>
       </c>
       <c r="Z15" t="str">
-        <v>9.6x5.5x6.9</v>
+        <v>9.65x5.51x6.89</v>
       </c>
       <c r="AA15" t="str">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="AB15" t="str">
-        <v>4,53</v>
+        <v>4,9</v>
       </c>
       <c r="AC15" t="str">
-        <v>163x130x243</v>
+        <v>163x130x235</v>
       </c>
       <c r="AD15" t="str">
-        <v>6.42x5.12x9.57</v>
+        <v>6.4x5.1x9.3</v>
       </c>
       <c r="AE15" t="str">
-        <v>MMD35ETN8M</v>
+        <v>MMD8008M</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>ME464+354</v>
+        <v>ME242+880TN</v>
       </c>
       <c r="B16">
         <v>1.4</v>
       </c>
       <c r="C16" t="str">
         <v>8</v>
       </c>
+      <c r="D16" t="str">
+        <v>93,7</v>
+      </c>
+      <c r="E16" t="str">
+        <v>120</v>
+      </c>
       <c r="F16" t="str">
-        <v>6,5</v>
+        <v>8,1</v>
       </c>
       <c r="G16" t="str">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="H16" t="str">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="I16" t="str">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J16" t="str">
-        <v>5</v>
+        <v>0,5</v>
       </c>
       <c r="K16" t="str">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="L16" t="str">
-        <v>4,5</v>
+        <v>0,8</v>
       </c>
       <c r="M16" t="str">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="N16" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P16" t="str">
-        <v>1,96</v>
+        <v>1,85</v>
       </c>
       <c r="Q16" t="str">
-        <v>HT Polymer Ring</v>
+        <v>Titanium</v>
+      </c>
+      <c r="R16" t="str">
+        <v>153x25</v>
+      </c>
+      <c r="S16" t="str">
+        <v>6x1</v>
       </c>
       <c r="T16" t="str">
-        <v>7,3</v>
+        <v>3,1</v>
       </c>
       <c r="U16" t="str">
-        <v>16,09</v>
+        <v>6,83</v>
+      </c>
+      <c r="V16" t="str">
+        <v>1</v>
+      </c>
+      <c r="W16" t="str">
+        <v>3,2</v>
+      </c>
+      <c r="X16" t="str">
+        <v>7,05</v>
+      </c>
+      <c r="Y16" t="str">
+        <v>245x140x175</v>
+      </c>
+      <c r="Z16" t="str">
+        <v>9.6x5.5x6.9</v>
       </c>
       <c r="AA16" t="str">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="AB16" t="str">
-        <v>5,12</v>
+        <v>4,9</v>
       </c>
       <c r="AC16" t="str">
-        <v>575x505x535</v>
+        <v>163x130x235</v>
       </c>
       <c r="AD16" t="str">
-        <v>22.64x19.88x21.06</v>
+        <v>6.4x5.1x9.3</v>
       </c>
       <c r="AE16" t="str">
-        <v>MMDDCX354HF8</v>
-[...26 lines deleted...]
-        <v>21,18</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>ME464+354</v>
+        <v>ME242+980TN</v>
       </c>
       <c r="B17">
         <v>1.4</v>
       </c>
       <c r="C17" t="str">
-        <v>16</v>
+        <v>8</v>
+      </c>
+      <c r="D17" t="str">
+        <v>93,7</v>
+      </c>
+      <c r="E17" t="str">
+        <v>120</v>
       </c>
       <c r="F17" t="str">
-        <v>10,5</v>
+        <v>8</v>
       </c>
       <c r="G17" t="str">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="H17" t="str">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="I17" t="str">
         <v>108,5</v>
       </c>
       <c r="J17" t="str">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K17" t="str">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L17" t="str">
-        <v>4,5</v>
+        <v>0,8</v>
       </c>
       <c r="M17" t="str">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="N17" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O17" t="str">
-        <v>Aluminium</v>
+        <v>CCAW</v>
       </c>
       <c r="P17" t="str">
-        <v>1,96</v>
+        <v>2,05</v>
       </c>
       <c r="Q17" t="str">
-        <v>HT Polymer Ring</v>
+        <v>Titanium</v>
+      </c>
+      <c r="R17" t="str">
+        <v>153x25</v>
+      </c>
+      <c r="S17" t="str">
+        <v>6x1</v>
       </c>
       <c r="T17" t="str">
-        <v>7,3</v>
+        <v>3,35</v>
       </c>
       <c r="U17" t="str">
-        <v>16,09</v>
+        <v>7,39</v>
+      </c>
+      <c r="V17" t="str">
+        <v>1</v>
+      </c>
+      <c r="W17" t="str">
+        <v>3,45</v>
+      </c>
+      <c r="X17" t="str">
+        <v>7,61</v>
+      </c>
+      <c r="Y17" t="str">
+        <v>245x140x175</v>
+      </c>
+      <c r="Z17" t="str">
+        <v>9.65x5.51x6.89</v>
       </c>
       <c r="AA17" t="str">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AB17" t="str">
-        <v>5,12</v>
+        <v>5,16</v>
       </c>
       <c r="AC17" t="str">
-        <v>575x505x535</v>
+        <v>163x130x235</v>
       </c>
       <c r="AD17" t="str">
-        <v>22.64x19.88x21.06</v>
+        <v>6.4x5.1x9.3</v>
       </c>
       <c r="AE17" t="str">
-        <v>MMDDCX354HF16</v>
-[...26 lines deleted...]
-        <v>21,18</v>
+        <v>MMD3DTN8M</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>ME464+464</v>
+        <v>ME242+990TN</v>
       </c>
       <c r="B18">
         <v>1.4</v>
       </c>
       <c r="C18" t="str">
-        <v>16</v>
+        <v>8</v>
+      </c>
+      <c r="D18" t="str">
+        <v>93,7</v>
+      </c>
+      <c r="E18" t="str">
+        <v>120</v>
       </c>
       <c r="F18" t="str">
-        <v>11,8</v>
+        <v>7,8</v>
       </c>
       <c r="G18" t="str">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="H18" t="str">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I18" t="str">
         <v>107,5</v>
       </c>
       <c r="J18" t="str">
-        <v>3,5</v>
+        <v>500</v>
       </c>
       <c r="K18" t="str">
         <v>18</v>
       </c>
       <c r="L18" t="str">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M18" t="str">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="N18" t="str">
-        <v>2,56</v>
+        <v>3,4</v>
       </c>
       <c r="O18" t="str">
-        <v>Aluminium</v>
+        <v>CCAW</v>
       </c>
       <c r="P18" t="str">
-        <v>2,14</v>
+        <v>1,9</v>
       </c>
       <c r="Q18" t="str">
-        <v>HT Polymer Ring</v>
+        <v>Titanium</v>
+      </c>
+      <c r="R18" t="str">
+        <v>153x25</v>
+      </c>
+      <c r="S18" t="str">
+        <v>6x1</v>
       </c>
       <c r="T18" t="str">
-        <v>8,5</v>
+        <v>2,95</v>
       </c>
       <c r="U18" t="str">
-        <v>18,74</v>
+        <v>6,5</v>
+      </c>
+      <c r="V18" t="str">
+        <v>1</v>
+      </c>
+      <c r="W18" t="str">
+        <v>3,05</v>
+      </c>
+      <c r="X18" t="str">
+        <v>6,72</v>
+      </c>
+      <c r="Y18" t="str">
+        <v>245x140x175</v>
+      </c>
+      <c r="Z18" t="str">
+        <v>9.6x5.5x6.9</v>
       </c>
       <c r="AA18" t="str">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="AB18" t="str">
-        <v>5,98</v>
+        <v>4,53</v>
       </c>
       <c r="AC18" t="str">
-        <v>575x505x539</v>
+        <v>163x130x243</v>
       </c>
       <c r="AD18" t="str">
-        <v>22.64x19.88x21.22</v>
+        <v>6.42x5.12x9.57</v>
       </c>
       <c r="AE18" t="str">
-        <v>MMDDCX464HF16</v>
-[...23 lines deleted...]
-        <v>21,18</v>
+        <v>MMD35ETN8M</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>ME464+464</v>
+        <v>ME464+354</v>
       </c>
       <c r="B19">
         <v>1.4</v>
       </c>
       <c r="C19" t="str">
         <v>8</v>
       </c>
       <c r="F19" t="str">
-        <v>9,3</v>
+        <v>6,5</v>
       </c>
       <c r="G19" t="str">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="H19" t="str">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I19" t="str">
-        <v>105,8</v>
+        <v>107</v>
       </c>
       <c r="J19" t="str">
-        <v>3,5</v>
+        <v>5</v>
       </c>
       <c r="K19" t="str">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L19" t="str">
-        <v>4</v>
+        <v>4,5</v>
       </c>
       <c r="M19" t="str">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="N19" t="str">
-        <v>2,56</v>
+        <v>2</v>
       </c>
       <c r="O19" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P19" t="str">
-        <v>2,14</v>
+        <v>1,96</v>
       </c>
       <c r="Q19" t="str">
         <v>HT Polymer Ring</v>
       </c>
       <c r="T19" t="str">
-        <v>8,5</v>
+        <v>7,3</v>
       </c>
       <c r="U19" t="str">
-        <v>18,74</v>
+        <v>16,09</v>
       </c>
       <c r="AA19" t="str">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="AB19" t="str">
-        <v>5,98</v>
+        <v>5,12</v>
       </c>
       <c r="AC19" t="str">
-        <v>575x505x539</v>
+        <v>575x505x535</v>
       </c>
       <c r="AD19" t="str">
-        <v>22.64x19.88x21.22</v>
+        <v>22.64x19.88x21.06</v>
       </c>
       <c r="AE19" t="str">
-        <v>MMDDCX464HF8</v>
-[...1 lines deleted...]
-      <c r="AF19" t="str">
+        <v>MMDDCX354HF8</v>
+      </c>
+      <c r="AH19" t="str">
+        <v>80</v>
+      </c>
+      <c r="AI19" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ19" t="str">
+        <v>0,3</v>
+      </c>
+      <c r="AM19" t="str">
         <v>0,1</v>
       </c>
-      <c r="AG19" t="str">
-[...14 lines deleted...]
-      <c r="AM19" t="str">
+      <c r="AP19" t="str">
+        <v>MMDDCX354MF8</v>
+      </c>
+      <c r="AQ19" t="str">
         <v>538</v>
       </c>
-      <c r="AN19" t="str">
+      <c r="AR19" t="str">
         <v>21,18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>WG7+7</v>
+        <v>ME464+354</v>
       </c>
       <c r="B20">
-        <v>0.75</v>
+        <v>1.4</v>
       </c>
       <c r="C20" t="str">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="F20" t="str">
-        <v>3,6</v>
+        <v>10,5</v>
       </c>
       <c r="G20" t="str">
+        <v>50</v>
+      </c>
+      <c r="H20" t="str">
+        <v>100</v>
+      </c>
+      <c r="I20" t="str">
+        <v>108,5</v>
+      </c>
+      <c r="J20" t="str">
+        <v>5</v>
+      </c>
+      <c r="K20" t="str">
         <v>20</v>
       </c>
-      <c r="H20" t="str">
-[...5 lines deleted...]
-      <c r="J20" t="str">
+      <c r="L20" t="str">
+        <v>4,5</v>
+      </c>
+      <c r="M20" t="str">
+        <v>51</v>
+      </c>
+      <c r="N20" t="str">
         <v>2</v>
-      </c>
-[...10 lines deleted...]
-        <v>1</v>
       </c>
       <c r="O20" t="str">
         <v>Aluminium</v>
       </c>
       <c r="P20" t="str">
+        <v>1,96</v>
+      </c>
+      <c r="Q20" t="str">
+        <v>HT Polymer Ring</v>
+      </c>
+      <c r="T20" t="str">
+        <v>7,3</v>
+      </c>
+      <c r="U20" t="str">
+        <v>16,09</v>
+      </c>
+      <c r="AA20" t="str">
+        <v>130</v>
+      </c>
+      <c r="AB20" t="str">
+        <v>5,12</v>
+      </c>
+      <c r="AC20" t="str">
+        <v>575x505x535</v>
+      </c>
+      <c r="AD20" t="str">
+        <v>22.64x19.88x21.06</v>
+      </c>
+      <c r="AE20" t="str">
+        <v>MMDDCX354HF16</v>
+      </c>
+      <c r="AH20" t="str">
+        <v>80</v>
+      </c>
+      <c r="AI20" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ20" t="str">
+        <v>0,3</v>
+      </c>
+      <c r="AM20" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP20" t="str">
+        <v>MMDDCX354MF16</v>
+      </c>
+      <c r="AQ20" t="str">
+        <v>538</v>
+      </c>
+      <c r="AR20" t="str">
+        <v>21,18</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>ME464+464</v>
+      </c>
+      <c r="B21">
+        <v>1.4</v>
+      </c>
+      <c r="C21" t="str">
+        <v>16</v>
+      </c>
+      <c r="F21" t="str">
+        <v>11,8</v>
+      </c>
+      <c r="G21" t="str">
+        <v>80</v>
+      </c>
+      <c r="H21" t="str">
+        <v>160</v>
+      </c>
+      <c r="I21" t="str">
+        <v>107,5</v>
+      </c>
+      <c r="J21" t="str">
+        <v>3,5</v>
+      </c>
+      <c r="K21" t="str">
+        <v>18</v>
+      </c>
+      <c r="L21" t="str">
+        <v>4</v>
+      </c>
+      <c r="M21" t="str">
+        <v>65</v>
+      </c>
+      <c r="N21" t="str">
+        <v>2,56</v>
+      </c>
+      <c r="O21" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P21" t="str">
+        <v>2,14</v>
+      </c>
+      <c r="Q21" t="str">
+        <v>HT Polymer Ring</v>
+      </c>
+      <c r="T21" t="str">
+        <v>8,5</v>
+      </c>
+      <c r="U21" t="str">
+        <v>18,74</v>
+      </c>
+      <c r="AA21" t="str">
+        <v>152</v>
+      </c>
+      <c r="AB21" t="str">
+        <v>5,98</v>
+      </c>
+      <c r="AC21" t="str">
+        <v>575x505x539</v>
+      </c>
+      <c r="AD21" t="str">
+        <v>22.64x19.88x21.22</v>
+      </c>
+      <c r="AE21" t="str">
+        <v>MMDDCX464HF16</v>
+      </c>
+      <c r="AH21" t="str">
+        <v>80</v>
+      </c>
+      <c r="AI21" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ21" t="str">
+        <v>0,3</v>
+      </c>
+      <c r="AM21" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP21" t="str">
+        <v>MMDDCX464MF16</v>
+      </c>
+      <c r="AQ21" t="str">
+        <v>538</v>
+      </c>
+      <c r="AR21" t="str">
+        <v>21,18</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>ME464+464</v>
+      </c>
+      <c r="B22">
+        <v>1.4</v>
+      </c>
+      <c r="C22" t="str">
+        <v>8</v>
+      </c>
+      <c r="F22" t="str">
+        <v>9,3</v>
+      </c>
+      <c r="G22" t="str">
+        <v>80</v>
+      </c>
+      <c r="H22" t="str">
+        <v>160</v>
+      </c>
+      <c r="I22" t="str">
+        <v>105,8</v>
+      </c>
+      <c r="J22" t="str">
+        <v>3,5</v>
+      </c>
+      <c r="K22" t="str">
+        <v>18</v>
+      </c>
+      <c r="L22" t="str">
+        <v>4</v>
+      </c>
+      <c r="M22" t="str">
+        <v>65</v>
+      </c>
+      <c r="N22" t="str">
+        <v>2,56</v>
+      </c>
+      <c r="O22" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P22" t="str">
+        <v>2,14</v>
+      </c>
+      <c r="Q22" t="str">
+        <v>HT Polymer Ring</v>
+      </c>
+      <c r="T22" t="str">
+        <v>8,5</v>
+      </c>
+      <c r="U22" t="str">
+        <v>18,74</v>
+      </c>
+      <c r="AA22" t="str">
+        <v>152</v>
+      </c>
+      <c r="AB22" t="str">
+        <v>5,98</v>
+      </c>
+      <c r="AC22" t="str">
+        <v>575x505x539</v>
+      </c>
+      <c r="AD22" t="str">
+        <v>22.64x19.88x21.22</v>
+      </c>
+      <c r="AE22" t="str">
+        <v>MMDDCX464HF8</v>
+      </c>
+      <c r="AH22" t="str">
+        <v>80</v>
+      </c>
+      <c r="AI22" t="str">
+        <v>60</v>
+      </c>
+      <c r="AJ22" t="str">
+        <v>0,3</v>
+      </c>
+      <c r="AM22" t="str">
+        <v>0,1</v>
+      </c>
+      <c r="AP22" t="str">
+        <v>MMDDCX464MF8</v>
+      </c>
+      <c r="AQ22" t="str">
+        <v>538</v>
+      </c>
+      <c r="AR22" t="str">
+        <v>21,18</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>WG7+7</v>
+      </c>
+      <c r="B23">
+        <v>0.75</v>
+      </c>
+      <c r="C23" t="str">
+        <v>4</v>
+      </c>
+      <c r="D23" t="str">
+        <v>94,7</v>
+      </c>
+      <c r="E23" t="str">
+        <v>150</v>
+      </c>
+      <c r="F23" t="str">
+        <v>3,6</v>
+      </c>
+      <c r="G23" t="str">
+        <v>20</v>
+      </c>
+      <c r="H23" t="str">
+        <v>40</v>
+      </c>
+      <c r="I23" t="str">
+        <v>107</v>
+      </c>
+      <c r="J23" t="str">
+        <v>2</v>
+      </c>
+      <c r="K23" t="str">
+        <v>18</v>
+      </c>
+      <c r="L23" t="str">
+        <v>2</v>
+      </c>
+      <c r="M23" t="str">
+        <v>25</v>
+      </c>
+      <c r="N23" t="str">
+        <v>1</v>
+      </c>
+      <c r="O23" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="P23" t="str">
         <v>1,65</v>
       </c>
-      <c r="Q20" t="str">
+      <c r="Q23" t="str">
         <v>Mylar</v>
       </c>
-      <c r="R20" t="str">
+      <c r="R23" t="str">
         <v>138x19</v>
       </c>
-      <c r="S20" t="str">
+      <c r="S23" t="str">
         <v>5.43x0.75</v>
       </c>
-      <c r="T20" t="str">
+      <c r="T23" t="str">
         <v>0,49</v>
       </c>
-      <c r="U20" t="str">
+      <c r="U23" t="str">
         <v>1,07</v>
       </c>
-      <c r="V20" t="str">
+      <c r="V23" t="str">
         <v>1</v>
       </c>
-      <c r="W20" t="str">
+      <c r="W23" t="str">
         <v>0,55</v>
       </c>
-      <c r="X20" t="str">
+      <c r="X23" t="str">
         <v>1,2</v>
       </c>
-      <c r="Y20" t="str">
+      <c r="Y23" t="str">
         <v>150x130x90</v>
       </c>
-      <c r="Z20" t="str">
+      <c r="Z23" t="str">
         <v>5.91x5.12x3.54</v>
       </c>
-      <c r="AA20" t="str">
+      <c r="AA23" t="str">
         <v>46</v>
       </c>
-      <c r="AB20" t="str">
+      <c r="AB23" t="str">
         <v>1,8</v>
       </c>
-      <c r="AC20" t="str">
+      <c r="AC23" t="str">
         <v>144x114x80</v>
       </c>
-      <c r="AD20" t="str">
+      <c r="AD23" t="str">
         <v>5.7x4.5x3.2</v>
       </c>
-      <c r="AE20" t="str">
+      <c r="AE23" t="str">
         <v>MMDDE78</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AN20"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AR23"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>horn_driver_combination</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 