--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BN229"/>
+  <dimension ref="A1:BN230"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>name</v>
       </c>
       <c r="B1" t="str">
         <v>inches</v>
       </c>
       <c r="C1" t="str">
         <v xml:space="preserve"> Nominal Diameter (mm)</v>
       </c>
       <c r="D1" t="str">
         <v xml:space="preserve"> Nominal Diameter (in )</v>
       </c>
       <c r="E1" t="str">
         <v xml:space="preserve"> Nominal Impedance (Ω)</v>
       </c>
       <c r="F1" t="str">
         <v xml:space="preserve"> Minimum Impedance (Ω)</v>
       </c>
       <c r="G1" t="str">
         <v xml:space="preserve"> Nominal Power Handling (W)</v>
@@ -27782,147 +27782,147 @@
       </c>
       <c r="AZ163" t="str">
         <v>0,51</v>
       </c>
       <c r="BC163" t="str">
         <v>15,8</v>
       </c>
       <c r="BD163" t="str">
         <v>34,83</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="str">
         <v>21DS115</v>
       </c>
       <c r="B164">
         <v>21</v>
       </c>
       <c r="C164" t="str">
         <v>530</v>
       </c>
       <c r="D164" t="str">
         <v>21</v>
       </c>
       <c r="E164" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F164" t="str">
-        <v>6,6</v>
+        <v>3,1</v>
       </c>
       <c r="G164" t="str">
         <v>1700</v>
       </c>
       <c r="H164" t="str">
         <v>3400</v>
       </c>
       <c r="I164" t="str">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J164" t="str">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K164" t="str">
         <v>500</v>
       </c>
       <c r="L164" t="str">
         <v>116</v>
       </c>
       <c r="M164" t="str">
         <v>4,5</v>
       </c>
       <c r="N164" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O164" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P164" t="str">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="Q164" t="str">
-        <v>1,57</v>
+        <v>1,42</v>
       </c>
       <c r="R164" t="str">
         <v>14</v>
       </c>
       <c r="S164" t="str">
         <v>0,55</v>
       </c>
       <c r="T164" t="str">
         <v>0,8</v>
       </c>
       <c r="U164" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V164" t="str">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="W164" t="str">
-        <v>5,1</v>
+        <v>2,1</v>
       </c>
       <c r="X164" t="str">
-        <v>0,31</v>
+        <v>0,22</v>
       </c>
       <c r="Y164" t="str">
-        <v>8,4</v>
+        <v>9,8</v>
       </c>
       <c r="Z164" t="str">
-        <v>0,3</v>
+        <v>0,21</v>
       </c>
       <c r="AA164" t="str">
-        <v>198</v>
+        <v>219</v>
       </c>
       <c r="AB164" t="str">
-        <v>6,99</v>
+        <v>7,73</v>
       </c>
       <c r="AC164" t="str">
-        <v>1680</v>
+        <v>1620</v>
       </c>
       <c r="AD164" t="str">
-        <v>260,4</v>
+        <v>251,1</v>
       </c>
       <c r="AE164" t="str">
-        <v>3</v>
+        <v>3,3</v>
       </c>
       <c r="AF164" t="str">
-        <v>16,5</v>
+        <v>15</v>
       </c>
       <c r="AG164" t="str">
-        <v>13,5</v>
+        <v>11,5</v>
       </c>
       <c r="AH164" t="str">
-        <v>390</v>
+        <v>409</v>
       </c>
       <c r="AI164" t="str">
-        <v>38</v>
+        <v>28,6</v>
       </c>
       <c r="AJ164" t="str">
-        <v>4,55</v>
+        <v>2,3</v>
       </c>
       <c r="AK164" t="str">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="AL164" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM164" t="str">
         <v>Radial</v>
       </c>
       <c r="AN164" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO164" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP164" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ164" t="str">
         <v>547</v>
       </c>
       <c r="AR164" t="str">
         <v>21,54</v>
       </c>
       <c r="AS164" t="str">
         <v>527</v>
       </c>
@@ -27953,567 +27953,567 @@
       <c r="BB164" t="str">
         <v>0,53</v>
       </c>
       <c r="BC164" t="str">
         <v>14,7</v>
       </c>
       <c r="BD164" t="str">
         <v>32,41</v>
       </c>
       <c r="BE164" t="str">
         <v>1</v>
       </c>
       <c r="BF164" t="str">
         <v>17</v>
       </c>
       <c r="BG164" t="str">
         <v>37,48</v>
       </c>
       <c r="BH164" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI164" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ164" t="str">
-        <v>RCK21DS1158</v>
+        <v>RCK21DS1154</v>
       </c>
       <c r="BK164" t="str">
-        <v>170</v>
+        <v>130</v>
       </c>
       <c r="BL164" t="str">
-        <v>6</v>
+        <v>4,59</v>
       </c>
       <c r="BM164" t="str">
         <v>40</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="str">
-        <v>21IPAL</v>
+        <v>21DS115</v>
       </c>
       <c r="B165">
         <v>21</v>
       </c>
       <c r="C165" t="str">
         <v>530</v>
       </c>
       <c r="D165" t="str">
         <v>21</v>
       </c>
       <c r="E165" t="str">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F165" t="str">
-        <v>1,1</v>
+        <v>6,6</v>
       </c>
       <c r="G165" t="str">
-        <v>2500</v>
+        <v>1700</v>
       </c>
       <c r="H165" t="str">
-        <v>5000</v>
+        <v>3400</v>
       </c>
       <c r="I165" t="str">
         <v>99</v>
       </c>
       <c r="J165" t="str">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K165" t="str">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="L165" t="str">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="M165" t="str">
-        <v>6</v>
+        <v>4,5</v>
       </c>
       <c r="N165" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O165" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P165" t="str">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="Q165" t="str">
-        <v>1,9</v>
+        <v>1,57</v>
       </c>
       <c r="R165" t="str">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="S165" t="str">
-        <v>0,7</v>
+        <v>0,55</v>
       </c>
       <c r="T165" t="str">
-        <v>1,35</v>
+        <v>0,8</v>
       </c>
       <c r="U165" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V165" t="str">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="W165" t="str">
-        <v>0,7</v>
+        <v>5,1</v>
       </c>
       <c r="X165" t="str">
-        <v>0,22</v>
+        <v>0,28</v>
       </c>
       <c r="Y165" t="str">
+        <v>10,2</v>
+      </c>
+      <c r="Z165" t="str">
+        <v>0,27</v>
+      </c>
+      <c r="AA165" t="str">
+        <v>204</v>
+      </c>
+      <c r="AB165" t="str">
+        <v>7,2</v>
+      </c>
+      <c r="AC165" t="str">
+        <v>1620</v>
+      </c>
+      <c r="AD165" t="str">
+        <v>251,1</v>
+      </c>
+      <c r="AE165" t="str">
+        <v>2,7</v>
+      </c>
+      <c r="AF165" t="str">
+        <v>16,5</v>
+      </c>
+      <c r="AG165" t="str">
+        <v>13,5</v>
+      </c>
+      <c r="AH165" t="str">
+        <v>404</v>
+      </c>
+      <c r="AI165" t="str">
+        <v>39,3</v>
+      </c>
+      <c r="AJ165" t="str">
         <v>4,9</v>
       </c>
-      <c r="Z165" t="str">
-[...31 lines deleted...]
-      </c>
       <c r="AK165" t="str">
-        <v>168</v>
+        <v>121</v>
       </c>
       <c r="AL165" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM165" t="str">
         <v>Radial</v>
       </c>
       <c r="AN165" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO165" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP165" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ165" t="str">
         <v>547</v>
       </c>
       <c r="AR165" t="str">
-        <v>21,5</v>
+        <v>21,54</v>
       </c>
       <c r="AS165" t="str">
         <v>527</v>
       </c>
       <c r="AT165" t="str">
         <v>20,7</v>
       </c>
       <c r="AU165" t="str">
         <v>508</v>
       </c>
       <c r="AV165" t="str">
         <v>20</v>
       </c>
       <c r="AW165" t="str">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="AX165" t="str">
-        <v>10,59</v>
+        <v>10,04</v>
       </c>
       <c r="AY165" t="str">
         <v>13</v>
       </c>
       <c r="AZ165" t="str">
         <v>0,51</v>
       </c>
       <c r="BA165" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="BB165" t="str">
-        <v>0,56</v>
+        <v>0,53</v>
       </c>
       <c r="BC165" t="str">
-        <v>23</v>
+        <v>14,7</v>
       </c>
       <c r="BD165" t="str">
-        <v>50,71</v>
+        <v>32,41</v>
       </c>
       <c r="BE165" t="str">
         <v>1</v>
       </c>
       <c r="BF165" t="str">
-        <v>25,3</v>
+        <v>17</v>
       </c>
       <c r="BG165" t="str">
-        <v>55,78</v>
+        <v>37,48</v>
       </c>
       <c r="BH165" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI165" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ165" t="str">
-        <v>RCK21IPAL</v>
+        <v>RCK21DS1158</v>
       </c>
       <c r="BK165" t="str">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="BL165" t="str">
-        <v>7,06</v>
+        <v>6</v>
       </c>
       <c r="BM165" t="str">
         <v>40</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="str">
-        <v>21SW115</v>
+        <v>21IPAL</v>
       </c>
       <c r="B166">
         <v>21</v>
       </c>
       <c r="C166" t="str">
         <v>530</v>
       </c>
       <c r="D166" t="str">
         <v>21</v>
       </c>
       <c r="E166" t="str">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F166" t="str">
-        <v>4,2</v>
+        <v>1,1</v>
       </c>
       <c r="G166" t="str">
-        <v>1700</v>
+        <v>2500</v>
       </c>
       <c r="H166" t="str">
-        <v>3400</v>
+        <v>5000</v>
       </c>
       <c r="I166" t="str">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J166" t="str">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="K166" t="str">
         <v>1000</v>
       </c>
       <c r="L166" t="str">
-        <v>116</v>
+        <v>153</v>
       </c>
       <c r="M166" t="str">
-        <v>4,5</v>
+        <v>6</v>
       </c>
       <c r="N166" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O166" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P166" t="str">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="Q166" t="str">
-        <v>1,34</v>
+        <v>1,9</v>
       </c>
       <c r="R166" t="str">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="S166" t="str">
-        <v>0,55</v>
+        <v>0,7</v>
       </c>
       <c r="T166" t="str">
-        <v>1,15</v>
+        <v>1,35</v>
       </c>
       <c r="U166" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V166" t="str">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="W166" t="str">
-        <v>3,6</v>
+        <v>0,7</v>
       </c>
       <c r="X166" t="str">
-        <v>0,37</v>
+        <v>0,22</v>
       </c>
       <c r="Y166" t="str">
-        <v>7,7</v>
+        <v>4,9</v>
       </c>
       <c r="Z166" t="str">
-        <v>0,36</v>
+        <v>0,21</v>
       </c>
       <c r="AA166" t="str">
-        <v>278</v>
+        <v>155</v>
       </c>
       <c r="AB166" t="str">
-        <v>9,7</v>
+        <v>5,47</v>
       </c>
       <c r="AC166" t="str">
         <v>1680</v>
       </c>
       <c r="AD166" t="str">
         <v>260,4</v>
       </c>
       <c r="AE166" t="str">
-        <v>2,6</v>
+        <v>3,2</v>
       </c>
       <c r="AF166" t="str">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="AG166" t="str">
         <v>15</v>
       </c>
       <c r="AH166" t="str">
-        <v>335</v>
+        <v>487</v>
       </c>
       <c r="AI166" t="str">
-        <v>24,8</v>
+        <v>19,1</v>
       </c>
       <c r="AJ166" t="str">
-        <v>1,7</v>
+        <v>0,5</v>
       </c>
       <c r="AK166" t="str">
-        <v>89</v>
+        <v>168</v>
       </c>
       <c r="AL166" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM166" t="str">
         <v>Radial</v>
       </c>
       <c r="AN166" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO166" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP166" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ166" t="str">
         <v>547</v>
       </c>
       <c r="AR166" t="str">
         <v>21,5</v>
       </c>
       <c r="AS166" t="str">
         <v>527</v>
       </c>
       <c r="AT166" t="str">
         <v>20,7</v>
       </c>
       <c r="AU166" t="str">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="AV166" t="str">
-        <v>19,8</v>
+        <v>20</v>
       </c>
       <c r="AW166" t="str">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="AX166" t="str">
-        <v>9,8</v>
+        <v>10,59</v>
       </c>
       <c r="AY166" t="str">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="AZ166" t="str">
-        <v>0,53</v>
+        <v>0,51</v>
       </c>
       <c r="BA166" t="str">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="BB166" t="str">
-        <v>0,53</v>
+        <v>0,56</v>
       </c>
       <c r="BC166" t="str">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="BD166" t="str">
-        <v>30,8</v>
+        <v>50,71</v>
       </c>
       <c r="BE166" t="str">
         <v>1</v>
       </c>
       <c r="BF166" t="str">
-        <v>16,3</v>
+        <v>25,3</v>
       </c>
       <c r="BG166" t="str">
-        <v>35,94</v>
+        <v>55,78</v>
       </c>
       <c r="BH166" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI166" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ166" t="str">
-        <v>RCK21SW1154</v>
+        <v>RCK21IPAL</v>
       </c>
       <c r="BK166" t="str">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="BL166" t="str">
-        <v>8,83</v>
+        <v>7,06</v>
       </c>
       <c r="BM166" t="str">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="str">
         <v>21SW115</v>
       </c>
       <c r="B167">
         <v>21</v>
       </c>
       <c r="C167" t="str">
         <v>530</v>
       </c>
       <c r="D167" t="str">
         <v>21</v>
       </c>
       <c r="E167" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F167" t="str">
-        <v>6,2</v>
+        <v>4,2</v>
       </c>
       <c r="G167" t="str">
         <v>1700</v>
       </c>
       <c r="H167" t="str">
         <v>3400</v>
       </c>
       <c r="I167" t="str">
         <v>97</v>
       </c>
       <c r="J167" t="str">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="K167" t="str">
         <v>1000</v>
       </c>
       <c r="L167" t="str">
         <v>116</v>
       </c>
       <c r="M167" t="str">
         <v>4,5</v>
       </c>
       <c r="N167" t="str">
         <v>Copper</v>
       </c>
       <c r="O167" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P167" t="str">
         <v>34</v>
       </c>
       <c r="Q167" t="str">
         <v>1,34</v>
       </c>
       <c r="R167" t="str">
         <v>14</v>
       </c>
       <c r="S167" t="str">
         <v>0,55</v>
       </c>
       <c r="T167" t="str">
         <v>1,15</v>
       </c>
       <c r="U167" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V167" t="str">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="W167" t="str">
-        <v>5,4</v>
+        <v>3,6</v>
       </c>
       <c r="X167" t="str">
-        <v>0,39</v>
+        <v>0,37</v>
       </c>
       <c r="Y167" t="str">
-        <v>10,9</v>
+        <v>7,7</v>
       </c>
       <c r="Z167" t="str">
-        <v>0,37</v>
+        <v>0,36</v>
       </c>
       <c r="AA167" t="str">
-        <v>318</v>
+        <v>278</v>
       </c>
       <c r="AB167" t="str">
-        <v>11,23</v>
+        <v>9,7</v>
       </c>
       <c r="AC167" t="str">
         <v>1680</v>
       </c>
       <c r="AD167" t="str">
         <v>260,4</v>
       </c>
       <c r="AE167" t="str">
-        <v>2,2</v>
+        <v>2,6</v>
       </c>
       <c r="AF167" t="str">
         <v>14</v>
       </c>
       <c r="AG167" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AH167" t="str">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="AI167" t="str">
-        <v>30,1</v>
+        <v>24,8</v>
       </c>
       <c r="AJ167" t="str">
-        <v>2,1</v>
+        <v>1,7</v>
       </c>
       <c r="AK167" t="str">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="AL167" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM167" t="str">
         <v>Radial</v>
       </c>
       <c r="AN167" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO167" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP167" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ167" t="str">
         <v>547</v>
       </c>
       <c r="AR167" t="str">
         <v>21,5</v>
       </c>
       <c r="AS167" t="str">
         <v>527</v>
       </c>
@@ -28544,971 +28544,974 @@
       <c r="BB167" t="str">
         <v>0,53</v>
       </c>
       <c r="BC167" t="str">
         <v>14</v>
       </c>
       <c r="BD167" t="str">
         <v>30,8</v>
       </c>
       <c r="BE167" t="str">
         <v>1</v>
       </c>
       <c r="BF167" t="str">
         <v>16,3</v>
       </c>
       <c r="BG167" t="str">
         <v>35,94</v>
       </c>
       <c r="BH167" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI167" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ167" t="str">
-        <v>RCK21SW1158</v>
+        <v>RCK21SW1154</v>
       </c>
       <c r="BK167" t="str">
         <v>250</v>
       </c>
       <c r="BL167" t="str">
         <v>8,83</v>
       </c>
       <c r="BM167" t="str">
         <v>32</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="str">
-        <v>21SW150</v>
+        <v>21SW115</v>
       </c>
       <c r="B168">
         <v>21</v>
       </c>
       <c r="C168" t="str">
         <v>530</v>
       </c>
       <c r="D168" t="str">
         <v>21</v>
       </c>
       <c r="E168" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F168" t="str">
-        <v>4</v>
+        <v>6,2</v>
       </c>
       <c r="G168" t="str">
-        <v>1500</v>
+        <v>1700</v>
       </c>
       <c r="H168" t="str">
-        <v>3000</v>
+        <v>3400</v>
       </c>
       <c r="I168" t="str">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J168" t="str">
         <v>30</v>
       </c>
       <c r="K168" t="str">
         <v>1000</v>
       </c>
       <c r="L168" t="str">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="M168" t="str">
-        <v>6</v>
+        <v>4,5</v>
       </c>
       <c r="N168" t="str">
         <v>Copper</v>
       </c>
       <c r="O168" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P168" t="str">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="Q168" t="str">
-        <v>1,18</v>
+        <v>1,34</v>
       </c>
       <c r="R168" t="str">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="S168" t="str">
-        <v>0,5</v>
+        <v>0,55</v>
       </c>
       <c r="T168" t="str">
-        <v>1,2</v>
+        <v>1,15</v>
       </c>
       <c r="U168" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V168" t="str">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W168" t="str">
-        <v>3</v>
+        <v>5,4</v>
       </c>
       <c r="X168" t="str">
-        <v>0,27</v>
+        <v>0,39</v>
       </c>
       <c r="Y168" t="str">
-        <v>8,1</v>
+        <v>10,9</v>
       </c>
       <c r="Z168" t="str">
-        <v>0,26</v>
+        <v>0,37</v>
       </c>
       <c r="AA168" t="str">
-        <v>254</v>
+        <v>318</v>
       </c>
       <c r="AB168" t="str">
-        <v>8,9</v>
+        <v>11,23</v>
       </c>
       <c r="AC168" t="str">
         <v>1680</v>
       </c>
       <c r="AD168" t="str">
         <v>260,4</v>
       </c>
       <c r="AE168" t="str">
-        <v>2</v>
+        <v>2,2</v>
       </c>
       <c r="AF168" t="str">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="AG168" t="str">
         <v>16</v>
       </c>
       <c r="AH168" t="str">
-        <v>494</v>
+        <v>342</v>
       </c>
       <c r="AI168" t="str">
-        <v>32,6</v>
+        <v>30,1</v>
       </c>
       <c r="AJ168" t="str">
-        <v>1,3</v>
+        <v>2,1</v>
       </c>
       <c r="AK168" t="str">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="AL168" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM168" t="str">
         <v>Radial</v>
       </c>
       <c r="AN168" t="str">
-        <v>Neodymium Ring</v>
+        <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO168" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP168" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ168" t="str">
         <v>547</v>
       </c>
       <c r="AR168" t="str">
         <v>21,5</v>
       </c>
       <c r="AS168" t="str">
         <v>527</v>
       </c>
       <c r="AT168" t="str">
         <v>20,7</v>
       </c>
       <c r="AU168" t="str">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="AV168" t="str">
-        <v>20</v>
+        <v>19,8</v>
       </c>
       <c r="AW168" t="str">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="AX168" t="str">
-        <v>8,2</v>
+        <v>9,8</v>
       </c>
       <c r="AY168" t="str">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="AZ168" t="str">
-        <v>0,62</v>
+        <v>0,53</v>
+      </c>
+      <c r="BA168" t="str">
+        <v>15</v>
+      </c>
+      <c r="BB168" t="str">
+        <v>0,53</v>
       </c>
       <c r="BC168" t="str">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="BD168" t="str">
-        <v>40</v>
+        <v>30,8</v>
       </c>
       <c r="BE168" t="str">
         <v>1</v>
       </c>
       <c r="BF168" t="str">
-        <v>20,3</v>
+        <v>16,3</v>
       </c>
       <c r="BG168" t="str">
-        <v>44,75</v>
+        <v>35,94</v>
       </c>
       <c r="BH168" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI168" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ168" t="str">
-        <v>RCK21SW1504</v>
+        <v>RCK21SW1158</v>
       </c>
       <c r="BK168" t="str">
-        <v>190</v>
+        <v>250</v>
       </c>
       <c r="BL168" t="str">
-        <v>6,71</v>
+        <v>8,83</v>
       </c>
       <c r="BM168" t="str">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="str">
-        <v>21SW152</v>
+        <v>21SW150</v>
       </c>
       <c r="B169">
         <v>21</v>
       </c>
       <c r="C169" t="str">
         <v>530</v>
       </c>
       <c r="D169" t="str">
         <v>21</v>
       </c>
       <c r="E169" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F169" t="str">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G169" t="str">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="H169" t="str">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="I169" t="str">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J169" t="str">
         <v>30</v>
       </c>
       <c r="K169" t="str">
         <v>1000</v>
       </c>
       <c r="L169" t="str">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M169" t="str">
         <v>6</v>
       </c>
       <c r="N169" t="str">
         <v>Copper</v>
       </c>
       <c r="O169" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P169" t="str">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="Q169" t="str">
-        <v>1,26</v>
+        <v>1,18</v>
       </c>
       <c r="R169" t="str">
         <v>12</v>
       </c>
       <c r="S169" t="str">
         <v>0,5</v>
       </c>
       <c r="T169" t="str">
         <v>1,2</v>
       </c>
       <c r="U169" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V169" t="str">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="W169" t="str">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="X169" t="str">
-        <v>0,38</v>
+        <v>0,27</v>
       </c>
       <c r="Y169" t="str">
-        <v>6,4</v>
+        <v>8,1</v>
       </c>
       <c r="Z169" t="str">
-        <v>0,36</v>
+        <v>0,26</v>
       </c>
       <c r="AA169" t="str">
-        <v>200</v>
+        <v>254</v>
       </c>
       <c r="AB169" t="str">
-        <v>7,06</v>
+        <v>8,9</v>
       </c>
       <c r="AC169" t="str">
         <v>1680</v>
       </c>
       <c r="AD169" t="str">
         <v>260,4</v>
       </c>
       <c r="AE169" t="str">
-        <v>1,9</v>
+        <v>2</v>
       </c>
       <c r="AF169" t="str">
         <v>15</v>
       </c>
       <c r="AG169" t="str">
         <v>16</v>
       </c>
       <c r="AH169" t="str">
-        <v>450</v>
+        <v>494</v>
       </c>
       <c r="AI169" t="str">
-        <v>39</v>
+        <v>32,6</v>
       </c>
       <c r="AJ169" t="str">
-        <v>2,2</v>
+        <v>1,3</v>
       </c>
       <c r="AK169" t="str">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="AL169" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM169" t="str">
         <v>Radial</v>
       </c>
       <c r="AN169" t="str">
-        <v>Neodymium Inside Slug</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO169" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP169" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ169" t="str">
         <v>547</v>
       </c>
       <c r="AR169" t="str">
-        <v>21,54</v>
+        <v>21,5</v>
       </c>
       <c r="AS169" t="str">
         <v>527</v>
       </c>
       <c r="AT169" t="str">
-        <v>20,75</v>
+        <v>20,7</v>
       </c>
       <c r="AU169" t="str">
         <v>508</v>
       </c>
       <c r="AV169" t="str">
         <v>20</v>
       </c>
       <c r="AW169" t="str">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="AX169" t="str">
-        <v>10,28</v>
+        <v>8,2</v>
       </c>
       <c r="AY169" t="str">
         <v>16</v>
       </c>
       <c r="AZ169" t="str">
-        <v>0,63</v>
-[...5 lines deleted...]
-        <v>0,57</v>
+        <v>0,62</v>
       </c>
       <c r="BC169" t="str">
-        <v>18,5</v>
+        <v>18</v>
       </c>
       <c r="BD169" t="str">
-        <v>40,79</v>
+        <v>40</v>
       </c>
       <c r="BE169" t="str">
         <v>1</v>
       </c>
       <c r="BF169" t="str">
-        <v>20,8</v>
+        <v>20,3</v>
       </c>
       <c r="BG169" t="str">
-        <v>45,86</v>
+        <v>44,75</v>
       </c>
       <c r="BH169" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI169" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ169" t="str">
-        <v>RCK21SW1528</v>
+        <v>RCK21SW1504</v>
       </c>
       <c r="BK169" t="str">
         <v>190</v>
       </c>
       <c r="BL169" t="str">
         <v>6,71</v>
       </c>
       <c r="BM169" t="str">
         <v>33</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="str">
         <v>21SW152</v>
       </c>
       <c r="B170">
         <v>21</v>
       </c>
       <c r="C170" t="str">
         <v>530</v>
       </c>
       <c r="D170" t="str">
         <v>21</v>
       </c>
       <c r="E170" t="str">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F170" t="str">
-        <v>4,2</v>
+        <v>7</v>
       </c>
       <c r="G170" t="str">
         <v>2000</v>
       </c>
       <c r="H170" t="str">
         <v>4000</v>
       </c>
       <c r="I170" t="str">
         <v>96</v>
       </c>
       <c r="J170" t="str">
         <v>30</v>
       </c>
       <c r="K170" t="str">
         <v>1000</v>
       </c>
       <c r="L170" t="str">
         <v>153</v>
       </c>
       <c r="M170" t="str">
         <v>6</v>
       </c>
       <c r="N170" t="str">
         <v>Copper</v>
       </c>
       <c r="O170" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P170" t="str">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="Q170" t="str">
-        <v>1,18</v>
+        <v>1,26</v>
       </c>
       <c r="R170" t="str">
         <v>12</v>
       </c>
       <c r="S170" t="str">
         <v>0,5</v>
       </c>
       <c r="T170" t="str">
         <v>1,2</v>
       </c>
       <c r="U170" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V170" t="str">
         <v>32</v>
       </c>
       <c r="W170" t="str">
-        <v>3,3</v>
+        <v>6</v>
       </c>
       <c r="X170" t="str">
-        <v>0,31</v>
+        <v>0,38</v>
       </c>
       <c r="Y170" t="str">
-        <v>7</v>
+        <v>6,4</v>
       </c>
       <c r="Z170" t="str">
-        <v>0,3</v>
+        <v>0,36</v>
       </c>
       <c r="AA170" t="str">
         <v>200</v>
       </c>
       <c r="AB170" t="str">
-        <v>7</v>
+        <v>7,06</v>
       </c>
       <c r="AC170" t="str">
         <v>1680</v>
       </c>
       <c r="AD170" t="str">
         <v>260,4</v>
       </c>
       <c r="AE170" t="str">
-        <v>2,2</v>
+        <v>1,9</v>
       </c>
       <c r="AF170" t="str">
         <v>15</v>
       </c>
       <c r="AG170" t="str">
         <v>16</v>
       </c>
       <c r="AH170" t="str">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="AI170" t="str">
-        <v>32,5</v>
+        <v>39</v>
       </c>
       <c r="AJ170" t="str">
-        <v>1,5</v>
+        <v>2,2</v>
       </c>
       <c r="AK170" t="str">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="AL170" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM170" t="str">
         <v>Radial</v>
       </c>
       <c r="AN170" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO170" t="str">
         <v>Double Silicone</v>
       </c>
       <c r="AP170" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ170" t="str">
         <v>547</v>
       </c>
       <c r="AR170" t="str">
-        <v>21,5</v>
+        <v>21,54</v>
       </c>
       <c r="AS170" t="str">
         <v>527</v>
       </c>
       <c r="AT170" t="str">
-        <v>20,7</v>
+        <v>20,75</v>
       </c>
       <c r="AU170" t="str">
         <v>508</v>
       </c>
       <c r="AV170" t="str">
         <v>20</v>
       </c>
       <c r="AW170" t="str">
         <v>261</v>
       </c>
       <c r="AX170" t="str">
-        <v>10,3</v>
+        <v>10,28</v>
       </c>
       <c r="AY170" t="str">
         <v>16</v>
       </c>
       <c r="AZ170" t="str">
         <v>0,63</v>
       </c>
       <c r="BA170" t="str">
         <v>16</v>
       </c>
       <c r="BB170" t="str">
-        <v>0,56</v>
+        <v>0,57</v>
       </c>
       <c r="BC170" t="str">
         <v>18,5</v>
       </c>
       <c r="BD170" t="str">
-        <v>40,7</v>
+        <v>40,79</v>
       </c>
       <c r="BE170" t="str">
         <v>1</v>
       </c>
       <c r="BF170" t="str">
         <v>20,8</v>
       </c>
       <c r="BG170" t="str">
         <v>45,86</v>
       </c>
       <c r="BH170" t="str">
         <v>570x570x320</v>
       </c>
       <c r="BI170" t="str">
         <v>22.44x22.44x12.60</v>
       </c>
       <c r="BJ170" t="str">
-        <v>RCK21SW1524</v>
+        <v>RCK21SW1528</v>
       </c>
       <c r="BK170" t="str">
         <v>190</v>
       </c>
       <c r="BL170" t="str">
         <v>6,71</v>
       </c>
       <c r="BM170" t="str">
         <v>33</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="str">
-        <v>250AMX</v>
+        <v>21SW152</v>
       </c>
       <c r="B171">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="C171" t="str">
+        <v>530</v>
+      </c>
+      <c r="D171" t="str">
+        <v>21</v>
       </c>
       <c r="E171" t="str">
-        <v>8</v>
+        <v>4</v>
+      </c>
+      <c r="F171" t="str">
+        <v>4,2</v>
+      </c>
+      <c r="G171" t="str">
+        <v>2000</v>
+      </c>
+      <c r="H171" t="str">
+        <v>4000</v>
+      </c>
+      <c r="I171" t="str">
+        <v>96</v>
+      </c>
+      <c r="J171" t="str">
+        <v>30</v>
+      </c>
+      <c r="K171" t="str">
+        <v>1000</v>
+      </c>
+      <c r="L171" t="str">
+        <v>153</v>
+      </c>
+      <c r="M171" t="str">
+        <v>6</v>
+      </c>
+      <c r="N171" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="O171" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="P171" t="str">
+        <v>30</v>
+      </c>
+      <c r="Q171" t="str">
+        <v>1,18</v>
+      </c>
+      <c r="R171" t="str">
+        <v>12</v>
+      </c>
+      <c r="S171" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="T171" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="U171" t="str">
+        <v>TWP Waterproof Both Sides</v>
+      </c>
+      <c r="V171" t="str">
+        <v>32</v>
+      </c>
+      <c r="W171" t="str">
+        <v>3,3</v>
+      </c>
+      <c r="X171" t="str">
+        <v>0,31</v>
+      </c>
+      <c r="Y171" t="str">
+        <v>7</v>
+      </c>
+      <c r="Z171" t="str">
+        <v>0,3</v>
+      </c>
+      <c r="AA171" t="str">
+        <v>200</v>
+      </c>
+      <c r="AB171" t="str">
+        <v>7</v>
+      </c>
+      <c r="AC171" t="str">
+        <v>1680</v>
+      </c>
+      <c r="AD171" t="str">
+        <v>260,4</v>
+      </c>
+      <c r="AE171" t="str">
+        <v>2,2</v>
+      </c>
+      <c r="AF171" t="str">
+        <v>15</v>
+      </c>
+      <c r="AG171" t="str">
+        <v>16</v>
+      </c>
+      <c r="AH171" t="str">
+        <v>460</v>
+      </c>
+      <c r="AI171" t="str">
+        <v>32,5</v>
+      </c>
+      <c r="AJ171" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="AK171" t="str">
+        <v>103</v>
+      </c>
+      <c r="AL171" t="str">
+        <v>Triple Roll</v>
+      </c>
+      <c r="AM171" t="str">
+        <v>Radial</v>
+      </c>
+      <c r="AN171" t="str">
+        <v>Neodymium Inside Slug</v>
+      </c>
+      <c r="AO171" t="str">
+        <v>Double Silicone</v>
+      </c>
+      <c r="AP171" t="str">
+        <v>T-Pole</v>
+      </c>
+      <c r="AQ171" t="str">
+        <v>547</v>
+      </c>
+      <c r="AR171" t="str">
+        <v>21,5</v>
+      </c>
+      <c r="AS171" t="str">
+        <v>527</v>
+      </c>
+      <c r="AT171" t="str">
+        <v>20,7</v>
+      </c>
+      <c r="AU171" t="str">
+        <v>508</v>
+      </c>
+      <c r="AV171" t="str">
+        <v>20</v>
+      </c>
+      <c r="AW171" t="str">
+        <v>261</v>
+      </c>
+      <c r="AX171" t="str">
+        <v>10,3</v>
+      </c>
+      <c r="AY171" t="str">
+        <v>16</v>
+      </c>
+      <c r="AZ171" t="str">
+        <v>0,63</v>
+      </c>
+      <c r="BA171" t="str">
+        <v>16</v>
+      </c>
+      <c r="BB171" t="str">
+        <v>0,56</v>
+      </c>
+      <c r="BC171" t="str">
+        <v>18,5</v>
+      </c>
+      <c r="BD171" t="str">
+        <v>40,7</v>
+      </c>
+      <c r="BE171" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF171" t="str">
+        <v>20,8</v>
+      </c>
+      <c r="BG171" t="str">
+        <v>45,86</v>
+      </c>
+      <c r="BH171" t="str">
+        <v>570x570x320</v>
+      </c>
+      <c r="BI171" t="str">
+        <v>22.44x22.44x12.60</v>
+      </c>
+      <c r="BJ171" t="str">
+        <v>RCK21SW1524</v>
+      </c>
+      <c r="BK171" t="str">
+        <v>190</v>
+      </c>
+      <c r="BL171" t="str">
+        <v>6,71</v>
+      </c>
+      <c r="BM171" t="str">
+        <v>33</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="str">
-        <v>320AMX</v>
+        <v>250AMX</v>
       </c>
       <c r="B172">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E172" t="str">
         <v>8</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="str">
-        <v>320K/C-A</v>
+        <v>320AMX</v>
       </c>
       <c r="B173">
         <v>12</v>
       </c>
-      <c r="C173" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E173" t="str">
-        <v>16</v>
-[...176 lines deleted...]
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="str">
         <v>320K/C-A</v>
       </c>
       <c r="B174">
         <v>12</v>
       </c>
       <c r="C174" t="str">
         <v>320</v>
       </c>
       <c r="D174" t="str">
         <v>12</v>
       </c>
       <c r="E174" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F174" t="str">
-        <v>6,3</v>
+        <v>13,6</v>
       </c>
       <c r="G174" t="str">
         <v>120</v>
       </c>
       <c r="H174" t="str">
         <v>240</v>
       </c>
       <c r="I174" t="str">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J174" t="str">
         <v>80</v>
       </c>
       <c r="K174" t="str">
         <v>16.000</v>
       </c>
       <c r="L174" t="str">
         <v>38</v>
       </c>
       <c r="M174" t="str">
         <v>1,5</v>
       </c>
       <c r="N174" t="str">
         <v>Copper</v>
       </c>
       <c r="O174" t="str">
         <v>Kraft Paper</v>
       </c>
       <c r="P174" t="str">
         <v>9</v>
       </c>
       <c r="Q174" t="str">
         <v>0,37</v>
       </c>
       <c r="R174" t="str">
         <v>9</v>
       </c>
       <c r="S174" t="str">
         <v>0,35</v>
       </c>
       <c r="T174" t="str">
         <v>1,4</v>
       </c>
       <c r="U174" t="str">
         <v>None</v>
       </c>
       <c r="V174" t="str">
         <v>82</v>
       </c>
       <c r="W174" t="str">
-        <v>5,4</v>
+        <v>12</v>
       </c>
       <c r="X174" t="str">
-        <v>0,52</v>
+        <v>0,61</v>
       </c>
       <c r="Y174" t="str">
-        <v>13,3</v>
+        <v>14</v>
       </c>
       <c r="Z174" t="str">
-        <v>0,5</v>
+        <v>0,59</v>
       </c>
       <c r="AA174" t="str">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB174" t="str">
-        <v>1,87</v>
+        <v>1,84</v>
       </c>
       <c r="AC174" t="str">
         <v>522</v>
       </c>
       <c r="AD174" t="str">
         <v>80,91</v>
       </c>
       <c r="AE174" t="str">
-        <v>5,4</v>
+        <v>4,4</v>
       </c>
       <c r="AF174" t="str">
         <v>2</v>
       </c>
       <c r="AH174" t="str">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AI174" t="str">
-        <v>12,2</v>
+        <v>16,8</v>
       </c>
       <c r="AJ174" t="str">
-        <v>1,1</v>
+        <v>2,2</v>
       </c>
       <c r="AK174" t="str">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="AL174" t="str">
         <v>Accordion</v>
       </c>
       <c r="AM174" t="str">
         <v>Radial</v>
       </c>
       <c r="AN174" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO174" t="str">
         <v>Single</v>
       </c>
       <c r="AP174" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ174" t="str">
         <v>316</v>
       </c>
       <c r="AR174" t="str">
         <v>12,44</v>
       </c>
       <c r="AS174" t="str">
         <v>298</v>
       </c>
@@ -29539,766 +29542,763 @@
       <c r="BB174" t="str">
         <v>0,11</v>
       </c>
       <c r="BC174" t="str">
         <v>4,6</v>
       </c>
       <c r="BD174" t="str">
         <v>10,14</v>
       </c>
       <c r="BE174" t="str">
         <v>1</v>
       </c>
       <c r="BF174" t="str">
         <v>5,5</v>
       </c>
       <c r="BG174" t="str">
         <v>12,13</v>
       </c>
       <c r="BH174" t="str">
         <v>360x360x200</v>
       </c>
       <c r="BI174" t="str">
         <v>14.17x14.17x7.87</v>
       </c>
       <c r="BJ174" t="str">
-        <v>RCK320KC8A</v>
+        <v>RCK320KC16A</v>
       </c>
       <c r="BK174" t="str">
         <v>60</v>
       </c>
       <c r="BL174" t="str">
         <v>2,12</v>
       </c>
       <c r="BM174" t="str">
         <v>75</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="str">
-        <v>400AMX</v>
+        <v>320K/C-A</v>
       </c>
       <c r="B175">
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="C175" t="str">
+        <v>320</v>
+      </c>
+      <c r="D175" t="str">
+        <v>12</v>
       </c>
       <c r="E175" t="str">
         <v>8</v>
+      </c>
+      <c r="F175" t="str">
+        <v>6,3</v>
+      </c>
+      <c r="G175" t="str">
+        <v>120</v>
+      </c>
+      <c r="H175" t="str">
+        <v>240</v>
+      </c>
+      <c r="I175" t="str">
+        <v>101</v>
+      </c>
+      <c r="J175" t="str">
+        <v>80</v>
+      </c>
+      <c r="K175" t="str">
+        <v>16.000</v>
+      </c>
+      <c r="L175" t="str">
+        <v>38</v>
+      </c>
+      <c r="M175" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="N175" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="O175" t="str">
+        <v>Kraft Paper</v>
+      </c>
+      <c r="P175" t="str">
+        <v>9</v>
+      </c>
+      <c r="Q175" t="str">
+        <v>0,37</v>
+      </c>
+      <c r="R175" t="str">
+        <v>9</v>
+      </c>
+      <c r="S175" t="str">
+        <v>0,35</v>
+      </c>
+      <c r="T175" t="str">
+        <v>1,4</v>
+      </c>
+      <c r="U175" t="str">
+        <v>None</v>
+      </c>
+      <c r="V175" t="str">
+        <v>82</v>
+      </c>
+      <c r="W175" t="str">
+        <v>5,4</v>
+      </c>
+      <c r="X175" t="str">
+        <v>0,52</v>
+      </c>
+      <c r="Y175" t="str">
+        <v>13,3</v>
+      </c>
+      <c r="Z175" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="AA175" t="str">
+        <v>53</v>
+      </c>
+      <c r="AB175" t="str">
+        <v>1,87</v>
+      </c>
+      <c r="AC175" t="str">
+        <v>522</v>
+      </c>
+      <c r="AD175" t="str">
+        <v>80,91</v>
+      </c>
+      <c r="AE175" t="str">
+        <v>5,4</v>
+      </c>
+      <c r="AF175" t="str">
+        <v>2</v>
+      </c>
+      <c r="AH175" t="str">
+        <v>27</v>
+      </c>
+      <c r="AI175" t="str">
+        <v>12,2</v>
+      </c>
+      <c r="AJ175" t="str">
+        <v>1,1</v>
+      </c>
+      <c r="AK175" t="str">
+        <v>158</v>
+      </c>
+      <c r="AL175" t="str">
+        <v>Accordion</v>
+      </c>
+      <c r="AM175" t="str">
+        <v>Radial</v>
+      </c>
+      <c r="AN175" t="str">
+        <v>Ferrite</v>
+      </c>
+      <c r="AO175" t="str">
+        <v>Single</v>
+      </c>
+      <c r="AP175" t="str">
+        <v>Straight Pole</v>
+      </c>
+      <c r="AQ175" t="str">
+        <v>316</v>
+      </c>
+      <c r="AR175" t="str">
+        <v>12,44</v>
+      </c>
+      <c r="AS175" t="str">
+        <v>298</v>
+      </c>
+      <c r="AT175" t="str">
+        <v>11,73</v>
+      </c>
+      <c r="AU175" t="str">
+        <v>286</v>
+      </c>
+      <c r="AV175" t="str">
+        <v>11,26</v>
+      </c>
+      <c r="AW175" t="str">
+        <v>136</v>
+      </c>
+      <c r="AX175" t="str">
+        <v>5,35</v>
+      </c>
+      <c r="AY175" t="str">
+        <v>12</v>
+      </c>
+      <c r="AZ175" t="str">
+        <v>0,47</v>
+      </c>
+      <c r="BA175" t="str">
+        <v>3</v>
+      </c>
+      <c r="BB175" t="str">
+        <v>0,11</v>
+      </c>
+      <c r="BC175" t="str">
+        <v>4,6</v>
+      </c>
+      <c r="BD175" t="str">
+        <v>10,14</v>
+      </c>
+      <c r="BE175" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF175" t="str">
+        <v>5,5</v>
+      </c>
+      <c r="BG175" t="str">
+        <v>12,13</v>
+      </c>
+      <c r="BH175" t="str">
+        <v>360x360x200</v>
+      </c>
+      <c r="BI175" t="str">
+        <v>14.17x14.17x7.87</v>
+      </c>
+      <c r="BJ175" t="str">
+        <v>RCK320KC8A</v>
+      </c>
+      <c r="BK175" t="str">
+        <v>60</v>
+      </c>
+      <c r="BL175" t="str">
+        <v>2,12</v>
+      </c>
+      <c r="BM175" t="str">
+        <v>75</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="str">
-        <v>4NDF34</v>
+        <v>400AMX</v>
       </c>
       <c r="B176">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E176" t="str">
         <v>8</v>
-      </c>
-[...169 lines deleted...]
-        <v>RCK04NDF34</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="str">
-        <v>4NDS34</v>
+        <v>4NDF34</v>
       </c>
       <c r="B177">
         <v>4</v>
       </c>
       <c r="C177" t="str">
         <v>100</v>
       </c>
       <c r="D177" t="str">
         <v>4</v>
       </c>
       <c r="E177" t="str">
         <v>8</v>
       </c>
       <c r="F177" t="str">
-        <v>6,2</v>
+        <v>6,4</v>
       </c>
       <c r="G177" t="str">
         <v>100</v>
       </c>
       <c r="H177" t="str">
         <v>200</v>
       </c>
       <c r="I177" t="str">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J177" t="str">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="K177" t="str">
-        <v>2000</v>
+        <v>8000</v>
       </c>
       <c r="L177" t="str">
         <v>34</v>
       </c>
       <c r="M177" t="str">
         <v>1,3</v>
       </c>
       <c r="N177" t="str">
         <v>Copper</v>
       </c>
       <c r="O177" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P177" t="str">
         <v>11</v>
       </c>
       <c r="Q177" t="str">
         <v>0,43</v>
       </c>
       <c r="R177" t="str">
         <v>7</v>
       </c>
       <c r="S177" t="str">
         <v>0,28</v>
       </c>
       <c r="T177" t="str">
         <v>1,25</v>
       </c>
       <c r="U177" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V177" t="str">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="W177" t="str">
         <v>5,5</v>
       </c>
       <c r="X177" t="str">
-        <v>0,25</v>
+        <v>0,28</v>
       </c>
       <c r="Y177" t="str">
-        <v>8,5</v>
+        <v>4,2</v>
       </c>
       <c r="Z177" t="str">
-        <v>0,24</v>
+        <v>0,27</v>
       </c>
       <c r="AA177" t="str">
-        <v>2,6</v>
+        <v>1,6</v>
       </c>
       <c r="AB177" t="str">
-        <v>0,09</v>
+        <v>0,06</v>
       </c>
       <c r="AC177" t="str">
         <v>57</v>
       </c>
       <c r="AD177" t="str">
         <v>8,84</v>
       </c>
       <c r="AE177" t="str">
-        <v>0,5</v>
+        <v>0,7</v>
       </c>
       <c r="AF177" t="str">
         <v>3,8</v>
       </c>
       <c r="AG177" t="str">
-        <v>5</v>
+        <v>5,7</v>
       </c>
       <c r="AH177" t="str">
-        <v>7,2</v>
+        <v>6,1</v>
       </c>
       <c r="AI177" t="str">
-        <v>8,8</v>
+        <v>9</v>
       </c>
       <c r="AJ177" t="str">
-        <v>0,21</v>
+        <v>0,23</v>
       </c>
       <c r="AK177" t="str">
-        <v>316</v>
+        <v>393</v>
       </c>
       <c r="AL177" t="str">
-        <v>Roll</v>
+        <v>Double Roll</v>
       </c>
       <c r="AM177" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN177" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO177" t="str">
         <v>Single</v>
       </c>
       <c r="AP177" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ177" t="str">
         <v>127</v>
       </c>
       <c r="AR177" t="str">
         <v>5</v>
       </c>
       <c r="AS177" t="str">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AT177" t="str">
-        <v>4,51</v>
+        <v>4,53</v>
       </c>
       <c r="AU177" t="str">
         <v>103</v>
       </c>
       <c r="AV177" t="str">
         <v>4,06</v>
       </c>
       <c r="AW177" t="str">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="AX177" t="str">
-        <v>2,64</v>
+        <v>2,6</v>
       </c>
       <c r="AY177" t="str">
         <v>3</v>
       </c>
       <c r="AZ177" t="str">
         <v>0,12</v>
       </c>
       <c r="BA177" t="str">
         <v>0,25</v>
       </c>
       <c r="BB177" t="str">
         <v>0,01</v>
       </c>
       <c r="BC177" t="str">
         <v>0,55</v>
       </c>
       <c r="BD177" t="str">
         <v>1,21</v>
       </c>
       <c r="BE177" t="str">
         <v>1</v>
       </c>
       <c r="BF177" t="str">
         <v>0,67</v>
       </c>
       <c r="BG177" t="str">
         <v>1,48</v>
       </c>
       <c r="BH177" t="str">
         <v>117x120x110</v>
       </c>
       <c r="BI177" t="str">
         <v>4.61x4.72x4.33</v>
       </c>
       <c r="BJ177" t="str">
-        <v>RCK04NDS348</v>
-[...8 lines deleted...]
-        <v>90</v>
+        <v>RCK04NDF34</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="str">
-        <v>5FG44</v>
+        <v>4NDS34</v>
       </c>
       <c r="B178">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C178" t="str">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="D178" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E178" t="str">
         <v>8</v>
       </c>
       <c r="F178" t="str">
-        <v>6,5</v>
+        <v>6,2</v>
       </c>
       <c r="G178" t="str">
         <v>100</v>
       </c>
       <c r="H178" t="str">
         <v>200</v>
       </c>
       <c r="I178" t="str">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="J178" t="str">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="K178" t="str">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="L178" t="str">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="M178" t="str">
-        <v>1,7</v>
+        <v>1,3</v>
       </c>
       <c r="N178" t="str">
         <v>Copper</v>
       </c>
       <c r="O178" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P178" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="Q178" t="str">
-        <v>0,35</v>
+        <v>0,43</v>
       </c>
       <c r="R178" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="S178" t="str">
+        <v>0,28</v>
+      </c>
+      <c r="T178" t="str">
+        <v>1,25</v>
+      </c>
+      <c r="U178" t="str">
+        <v>TWP Waterproof Both Sides</v>
+      </c>
+      <c r="V178" t="str">
+        <v>79</v>
+      </c>
+      <c r="W178" t="str">
+        <v>5,5</v>
+      </c>
+      <c r="X178" t="str">
         <v>0,25</v>
       </c>
-      <c r="T178" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="Y178" t="str">
-        <v>10</v>
+        <v>8,5</v>
       </c>
       <c r="Z178" t="str">
-        <v>0,27</v>
+        <v>0,24</v>
       </c>
       <c r="AA178" t="str">
-        <v>6,3</v>
+        <v>2,6</v>
       </c>
       <c r="AB178" t="str">
-        <v>0,22</v>
+        <v>0,09</v>
       </c>
       <c r="AC178" t="str">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="AD178" t="str">
-        <v>14,7</v>
+        <v>8,84</v>
       </c>
       <c r="AE178" t="str">
-        <v>0,55</v>
+        <v>0,5</v>
       </c>
       <c r="AF178" t="str">
-        <v>3</v>
+        <v>3,8</v>
       </c>
       <c r="AG178" t="str">
         <v>5</v>
       </c>
       <c r="AH178" t="str">
-        <v>12</v>
+        <v>7,2</v>
       </c>
       <c r="AI178" t="str">
-        <v>10</v>
+        <v>8,8</v>
       </c>
       <c r="AJ178" t="str">
-        <v>0,8</v>
+        <v>0,21</v>
       </c>
       <c r="AK178" t="str">
-        <v>210</v>
+        <v>316</v>
       </c>
       <c r="AL178" t="str">
         <v>Roll</v>
       </c>
       <c r="AM178" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN178" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO178" t="str">
         <v>Single</v>
       </c>
       <c r="AP178" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ178" t="str">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="AR178" t="str">
-        <v>6,1</v>
+        <v>5</v>
       </c>
       <c r="AS178" t="str">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="AT178" t="str">
-        <v>5,6</v>
+        <v>4,51</v>
       </c>
       <c r="AU178" t="str">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="AV178" t="str">
-        <v>4,8</v>
+        <v>4,06</v>
       </c>
       <c r="AW178" t="str">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="AX178" t="str">
-        <v>3,03</v>
+        <v>2,64</v>
       </c>
       <c r="AY178" t="str">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AZ178" t="str">
-        <v>0,35</v>
+        <v>0,12</v>
       </c>
       <c r="BA178" t="str">
-        <v>0,5</v>
+        <v>0,25</v>
       </c>
       <c r="BB178" t="str">
-        <v>0,02</v>
+        <v>0,01</v>
       </c>
       <c r="BC178" t="str">
-        <v>1,6</v>
+        <v>0,55</v>
       </c>
       <c r="BD178" t="str">
-        <v>3,53</v>
+        <v>1,21</v>
       </c>
       <c r="BE178" t="str">
         <v>1</v>
       </c>
       <c r="BF178" t="str">
-        <v>1,8</v>
+        <v>0,67</v>
       </c>
       <c r="BG178" t="str">
-        <v>3,97</v>
+        <v>1,48</v>
       </c>
       <c r="BH178" t="str">
-        <v>210x210x125</v>
+        <v>117x120x110</v>
       </c>
       <c r="BI178" t="str">
-        <v>8.27x8.27x4.92</v>
+        <v>4.61x4.72x4.33</v>
       </c>
       <c r="BJ178" t="str">
-        <v>RCK005FG448</v>
+        <v>RCK04NDS348</v>
       </c>
       <c r="BK178" t="str">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="BL178" t="str">
-        <v>0,17</v>
+        <v>0,11</v>
       </c>
       <c r="BM178" t="str">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="str">
         <v>5FG44</v>
       </c>
       <c r="B179">
         <v>5</v>
       </c>
       <c r="C179" t="str">
         <v>127</v>
       </c>
       <c r="D179" t="str">
         <v>5</v>
       </c>
       <c r="E179" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F179" t="str">
-        <v>12,7</v>
+        <v>6,5</v>
       </c>
       <c r="G179" t="str">
         <v>100</v>
       </c>
       <c r="H179" t="str">
         <v>200</v>
       </c>
       <c r="I179" t="str">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J179" t="str">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K179" t="str">
         <v>6000</v>
       </c>
       <c r="L179" t="str">
         <v>44</v>
       </c>
       <c r="M179" t="str">
         <v>1,7</v>
       </c>
       <c r="N179" t="str">
         <v>Copper</v>
       </c>
       <c r="O179" t="str">
         <v>Kapton</v>
       </c>
       <c r="P179" t="str">
         <v>9</v>
       </c>
       <c r="Q179" t="str">
         <v>0,35</v>
       </c>
       <c r="R179" t="str">
         <v>6</v>
       </c>
       <c r="S179" t="str">
         <v>0,25</v>
       </c>
       <c r="T179" t="str">
         <v>1,1</v>
       </c>
       <c r="U179" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V179" t="str">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="W179" t="str">
-        <v>11,1</v>
+        <v>5,8</v>
       </c>
       <c r="X179" t="str">
-        <v>0,4</v>
+        <v>0,3</v>
       </c>
       <c r="Y179" t="str">
-        <v>10,5</v>
+        <v>10</v>
       </c>
       <c r="Z179" t="str">
-        <v>0,39</v>
+        <v>0,27</v>
       </c>
       <c r="AA179" t="str">
-        <v>5,1</v>
+        <v>6,3</v>
       </c>
       <c r="AB179" t="str">
-        <v>0,18</v>
+        <v>0,22</v>
       </c>
       <c r="AC179" t="str">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="AD179" t="str">
-        <v>14,26</v>
+        <v>14,7</v>
       </c>
       <c r="AE179" t="str">
-        <v>0,42</v>
+        <v>0,55</v>
       </c>
       <c r="AF179" t="str">
         <v>3</v>
       </c>
       <c r="AG179" t="str">
         <v>5</v>
       </c>
       <c r="AH179" t="str">
         <v>12</v>
       </c>
       <c r="AI179" t="str">
-        <v>11,6</v>
+        <v>10</v>
       </c>
       <c r="AJ179" t="str">
         <v>0,8</v>
       </c>
       <c r="AK179" t="str">
-        <v>175</v>
+        <v>210</v>
       </c>
       <c r="AL179" t="str">
         <v>Roll</v>
       </c>
       <c r="AM179" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN179" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO179" t="str">
         <v>Single</v>
       </c>
       <c r="AP179" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ179" t="str">
         <v>155</v>
       </c>
       <c r="AR179" t="str">
         <v>6,1</v>
       </c>
       <c r="AS179" t="str">
         <v>142</v>
       </c>
@@ -30329,361 +30329,370 @@
       <c r="BB179" t="str">
         <v>0,02</v>
       </c>
       <c r="BC179" t="str">
         <v>1,6</v>
       </c>
       <c r="BD179" t="str">
         <v>3,53</v>
       </c>
       <c r="BE179" t="str">
         <v>1</v>
       </c>
       <c r="BF179" t="str">
         <v>1,8</v>
       </c>
       <c r="BG179" t="str">
         <v>3,97</v>
       </c>
       <c r="BH179" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI179" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ179" t="str">
-        <v>RCK005FG4416</v>
+        <v>RCK005FG448</v>
       </c>
       <c r="BK179" t="str">
         <v>5</v>
       </c>
       <c r="BL179" t="str">
         <v>0,17</v>
       </c>
       <c r="BM179" t="str">
         <v>70</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="str">
-        <v>5MDN38</v>
+        <v>5FG44</v>
       </c>
       <c r="B180">
         <v>5</v>
       </c>
       <c r="C180" t="str">
         <v>127</v>
       </c>
       <c r="D180" t="str">
         <v>5</v>
       </c>
       <c r="E180" t="str">
         <v>16</v>
       </c>
       <c r="F180" t="str">
-        <v>14,5</v>
+        <v>12,7</v>
       </c>
       <c r="G180" t="str">
         <v>100</v>
       </c>
       <c r="H180" t="str">
         <v>200</v>
       </c>
       <c r="I180" t="str">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="J180" t="str">
-        <v>230</v>
+        <v>70</v>
       </c>
       <c r="K180" t="str">
-        <v>10.000</v>
+        <v>6000</v>
       </c>
       <c r="L180" t="str">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M180" t="str">
-        <v>1,5</v>
+        <v>1,7</v>
       </c>
       <c r="N180" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="O180" t="str">
-        <v>Glass Fibre</v>
+        <v>Kapton</v>
       </c>
       <c r="P180" t="str">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="Q180" t="str">
-        <v>0,39</v>
+        <v>0,35</v>
       </c>
       <c r="R180" t="str">
         <v>6</v>
       </c>
       <c r="S180" t="str">
-        <v>0,24</v>
+        <v>0,25</v>
       </c>
       <c r="T180" t="str">
-        <v>1,25</v>
+        <v>1,1</v>
       </c>
       <c r="U180" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V180" t="str">
-        <v>230</v>
+        <v>70</v>
       </c>
       <c r="W180" t="str">
-        <v>11,7</v>
+        <v>11,1</v>
       </c>
       <c r="X180" t="str">
-        <v>0,57</v>
+        <v>0,4</v>
       </c>
       <c r="Y180" t="str">
+        <v>10,5</v>
+      </c>
+      <c r="Z180" t="str">
+        <v>0,39</v>
+      </c>
+      <c r="AA180" t="str">
+        <v>5,1</v>
+      </c>
+      <c r="AB180" t="str">
+        <v>0,18</v>
+      </c>
+      <c r="AC180" t="str">
+        <v>92</v>
+      </c>
+      <c r="AD180" t="str">
+        <v>14,26</v>
+      </c>
+      <c r="AE180" t="str">
+        <v>0,42</v>
+      </c>
+      <c r="AF180" t="str">
         <v>3</v>
       </c>
-      <c r="Z180" t="str">
-[...2 lines deleted...]
-      <c r="AA180" t="str">
+      <c r="AG180" t="str">
+        <v>5</v>
+      </c>
+      <c r="AH180" t="str">
+        <v>12</v>
+      </c>
+      <c r="AI180" t="str">
+        <v>11,6</v>
+      </c>
+      <c r="AJ180" t="str">
         <v>0,8</v>
       </c>
-      <c r="AB180" t="str">
-[...25 lines deleted...]
-      </c>
       <c r="AK180" t="str">
-        <v>404</v>
+        <v>175</v>
       </c>
       <c r="AL180" t="str">
-        <v>Triple Roll</v>
+        <v>Roll</v>
       </c>
       <c r="AM180" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN180" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO180" t="str">
         <v>Single</v>
       </c>
       <c r="AP180" t="str">
-        <v>Straight Pole</v>
+        <v>T-Pole</v>
       </c>
       <c r="AQ180" t="str">
         <v>155</v>
       </c>
       <c r="AR180" t="str">
         <v>6,1</v>
       </c>
       <c r="AS180" t="str">
         <v>142</v>
       </c>
       <c r="AT180" t="str">
         <v>5,6</v>
       </c>
       <c r="AU180" t="str">
         <v>122</v>
       </c>
       <c r="AV180" t="str">
         <v>4,8</v>
       </c>
       <c r="AW180" t="str">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AX180" t="str">
-        <v>2,95</v>
+        <v>3,03</v>
       </c>
       <c r="AY180" t="str">
         <v>9</v>
       </c>
       <c r="AZ180" t="str">
         <v>0,35</v>
       </c>
       <c r="BA180" t="str">
-        <v>0,35</v>
+        <v>0,5</v>
       </c>
       <c r="BB180" t="str">
-        <v>0,01</v>
+        <v>0,02</v>
       </c>
       <c r="BC180" t="str">
-        <v>0,94</v>
+        <v>1,6</v>
       </c>
       <c r="BD180" t="str">
-        <v>2,07</v>
+        <v>3,53</v>
       </c>
       <c r="BE180" t="str">
         <v>1</v>
       </c>
       <c r="BF180" t="str">
-        <v>1,14</v>
+        <v>1,8</v>
       </c>
       <c r="BG180" t="str">
-        <v>2,51</v>
+        <v>3,97</v>
       </c>
       <c r="BH180" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI180" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ180" t="str">
-        <v>RCK005MDN3816</v>
+        <v>RCK005FG4416</v>
+      </c>
+      <c r="BK180" t="str">
+        <v>5</v>
+      </c>
+      <c r="BL180" t="str">
+        <v>0,17</v>
+      </c>
+      <c r="BM180" t="str">
+        <v>70</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="str">
         <v>5MDN38</v>
       </c>
       <c r="B181">
         <v>5</v>
       </c>
       <c r="C181" t="str">
         <v>127</v>
       </c>
       <c r="D181" t="str">
         <v>5</v>
       </c>
       <c r="E181" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F181" t="str">
-        <v>7</v>
+        <v>14,5</v>
       </c>
       <c r="G181" t="str">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="H181" t="str">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="I181" t="str">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J181" t="str">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="K181" t="str">
         <v>10.000</v>
       </c>
       <c r="L181" t="str">
         <v>38</v>
       </c>
       <c r="M181" t="str">
         <v>1,5</v>
       </c>
       <c r="N181" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O181" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P181" t="str">
         <v>10</v>
       </c>
       <c r="Q181" t="str">
-        <v>0,4</v>
+        <v>0,39</v>
       </c>
       <c r="R181" t="str">
         <v>6</v>
       </c>
       <c r="S181" t="str">
         <v>0,24</v>
       </c>
       <c r="T181" t="str">
         <v>1,25</v>
       </c>
       <c r="U181" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V181" t="str">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="W181" t="str">
-        <v>5,5</v>
+        <v>11,7</v>
       </c>
       <c r="X181" t="str">
-        <v>0,36</v>
+        <v>0,57</v>
       </c>
       <c r="Y181" t="str">
-        <v>2,3</v>
+        <v>3</v>
       </c>
       <c r="Z181" t="str">
-        <v>0,31</v>
+        <v>0,48</v>
       </c>
       <c r="AA181" t="str">
-        <v>1,4</v>
+        <v>0,8</v>
       </c>
       <c r="AB181" t="str">
-        <v>0,05</v>
+        <v>0,03</v>
       </c>
       <c r="AC181" t="str">
         <v>95</v>
       </c>
       <c r="AD181" t="str">
         <v>14,7</v>
       </c>
       <c r="AE181" t="str">
-        <v>2</v>
+        <v>1,7</v>
       </c>
       <c r="AF181" t="str">
         <v>3,5</v>
       </c>
       <c r="AG181" t="str">
-        <v>4</v>
+        <v>2,5</v>
       </c>
       <c r="AH181" t="str">
         <v>8</v>
       </c>
       <c r="AI181" t="str">
-        <v>11,1</v>
+        <v>15</v>
       </c>
       <c r="AJ181" t="str">
-        <v>0,4</v>
+        <v>0,7</v>
       </c>
       <c r="AK181" t="str">
-        <v>486</v>
+        <v>404</v>
       </c>
       <c r="AL181" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM181" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN181" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO181" t="str">
         <v>Single</v>
       </c>
       <c r="AP181" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ181" t="str">
         <v>155</v>
       </c>
       <c r="AR181" t="str">
         <v>6,1</v>
       </c>
       <c r="AS181" t="str">
         <v>142</v>
       </c>
@@ -30714,167 +30723,167 @@
       <c r="BB181" t="str">
         <v>0,01</v>
       </c>
       <c r="BC181" t="str">
         <v>0,94</v>
       </c>
       <c r="BD181" t="str">
         <v>2,07</v>
       </c>
       <c r="BE181" t="str">
         <v>1</v>
       </c>
       <c r="BF181" t="str">
         <v>1,14</v>
       </c>
       <c r="BG181" t="str">
         <v>2,51</v>
       </c>
       <c r="BH181" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI181" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ181" t="str">
-        <v>RCK005MDN388</v>
+        <v>RCK005MDN3816</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="str">
-        <v>5NDL38</v>
+        <v>5MDN38</v>
       </c>
       <c r="B182">
         <v>5</v>
       </c>
       <c r="C182" t="str">
         <v>127</v>
       </c>
       <c r="D182" t="str">
         <v>5</v>
       </c>
       <c r="E182" t="str">
         <v>8</v>
       </c>
       <c r="F182" t="str">
-        <v>6,3</v>
+        <v>7</v>
       </c>
       <c r="G182" t="str">
         <v>90</v>
       </c>
       <c r="H182" t="str">
         <v>180</v>
       </c>
       <c r="I182" t="str">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="J182" t="str">
-        <v>80</v>
+        <v>175</v>
       </c>
       <c r="K182" t="str">
-        <v>7000</v>
+        <v>10.000</v>
       </c>
       <c r="L182" t="str">
         <v>38</v>
       </c>
       <c r="M182" t="str">
         <v>1,5</v>
       </c>
       <c r="N182" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O182" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P182" t="str">
         <v>10</v>
       </c>
       <c r="Q182" t="str">
-        <v>0,37</v>
+        <v>0,4</v>
       </c>
       <c r="R182" t="str">
         <v>6</v>
       </c>
       <c r="S182" t="str">
         <v>0,24</v>
       </c>
       <c r="T182" t="str">
         <v>1,25</v>
       </c>
       <c r="U182" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V182" t="str">
-        <v>80</v>
+        <v>175</v>
       </c>
       <c r="W182" t="str">
         <v>5,5</v>
       </c>
       <c r="X182" t="str">
-        <v>0,37</v>
+        <v>0,36</v>
       </c>
       <c r="Y182" t="str">
-        <v>9,2</v>
+        <v>2,3</v>
       </c>
       <c r="Z182" t="str">
-        <v>0,36</v>
+        <v>0,31</v>
       </c>
       <c r="AA182" t="str">
-        <v>4,3</v>
+        <v>1,4</v>
       </c>
       <c r="AB182" t="str">
-        <v>0,15</v>
+        <v>0,05</v>
       </c>
       <c r="AC182" t="str">
         <v>95</v>
       </c>
       <c r="AD182" t="str">
-        <v>14,73</v>
+        <v>14,7</v>
       </c>
       <c r="AE182" t="str">
-        <v>0,55</v>
+        <v>2</v>
       </c>
       <c r="AF182" t="str">
         <v>3,5</v>
       </c>
       <c r="AG182" t="str">
         <v>4</v>
       </c>
       <c r="AH182" t="str">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="AI182" t="str">
-        <v>9,2</v>
+        <v>11,1</v>
       </c>
       <c r="AJ182" t="str">
-        <v>0,64</v>
+        <v>0,4</v>
       </c>
       <c r="AK182" t="str">
-        <v>216</v>
+        <v>486</v>
       </c>
       <c r="AL182" t="str">
-        <v>Roll</v>
+        <v>Triple Roll</v>
       </c>
       <c r="AM182" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN182" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO182" t="str">
         <v>Single</v>
       </c>
       <c r="AP182" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ182" t="str">
         <v>155</v>
       </c>
       <c r="AR182" t="str">
         <v>6,1</v>
       </c>
       <c r="AS182" t="str">
         <v>142</v>
       </c>
       <c r="AT182" t="str">
         <v>5,6</v>
       </c>
@@ -30902,361 +30911,361 @@
       <c r="BB182" t="str">
         <v>0,01</v>
       </c>
       <c r="BC182" t="str">
         <v>0,94</v>
       </c>
       <c r="BD182" t="str">
         <v>2,07</v>
       </c>
       <c r="BE182" t="str">
         <v>1</v>
       </c>
       <c r="BF182" t="str">
         <v>1,14</v>
       </c>
       <c r="BG182" t="str">
         <v>2,51</v>
       </c>
       <c r="BH182" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI182" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ182" t="str">
-        <v>RCK005NDL388</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>RCK005MDN388</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="str">
-        <v>5NSM38</v>
+        <v>5NDL38</v>
       </c>
       <c r="B183">
         <v>5</v>
       </c>
       <c r="C183" t="str">
         <v>127</v>
       </c>
       <c r="D183" t="str">
         <v>5</v>
       </c>
       <c r="E183" t="str">
         <v>8</v>
       </c>
       <c r="F183" t="str">
         <v>6,3</v>
       </c>
       <c r="G183" t="str">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="H183" t="str">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="I183" t="str">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="J183" t="str">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="K183" t="str">
-        <v>3500</v>
+        <v>7000</v>
       </c>
       <c r="L183" t="str">
         <v>38</v>
       </c>
       <c r="M183" t="str">
         <v>1,5</v>
       </c>
       <c r="N183" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O183" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P183" t="str">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="Q183" t="str">
-        <v>0,29</v>
+        <v>0,37</v>
       </c>
       <c r="R183" t="str">
         <v>6</v>
       </c>
       <c r="S183" t="str">
         <v>0,24</v>
       </c>
       <c r="T183" t="str">
-        <v>1,45</v>
+        <v>1,25</v>
       </c>
       <c r="U183" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V183" t="str">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="W183" t="str">
-        <v>5,3</v>
+        <v>5,5</v>
       </c>
       <c r="X183" t="str">
-        <v>0,99</v>
+        <v>0,37</v>
       </c>
       <c r="Y183" t="str">
-        <v>4,1</v>
+        <v>9,2</v>
       </c>
       <c r="Z183" t="str">
-        <v>0,79</v>
+        <v>0,36</v>
       </c>
       <c r="AA183" t="str">
-        <v>0,3</v>
+        <v>4,3</v>
       </c>
       <c r="AB183" t="str">
-        <v>0,01</v>
+        <v>0,15</v>
       </c>
       <c r="AC183" t="str">
         <v>95</v>
       </c>
       <c r="AD183" t="str">
         <v>14,73</v>
       </c>
       <c r="AE183" t="str">
-        <v>1,15</v>
+        <v>0,55</v>
       </c>
       <c r="AF183" t="str">
-        <v>2,2</v>
+        <v>3,5</v>
       </c>
       <c r="AG183" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH183" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AI183" t="str">
-        <v>10,1</v>
+        <v>9,2</v>
       </c>
       <c r="AJ183" t="str">
-        <v>0,15</v>
+        <v>0,64</v>
       </c>
       <c r="AK183" t="str">
-        <v>303</v>
+        <v>216</v>
       </c>
       <c r="AL183" t="str">
-        <v>Double Roll</v>
+        <v>Roll</v>
       </c>
       <c r="AM183" t="str">
-        <v>Radial</v>
+        <v>Exponential</v>
       </c>
       <c r="AN183" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO183" t="str">
         <v>Single</v>
       </c>
       <c r="AP183" t="str">
-        <v>T-Pole</v>
+        <v>Straight Pole</v>
       </c>
       <c r="AQ183" t="str">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="AR183" t="str">
-        <v>6,2</v>
+        <v>6,1</v>
       </c>
       <c r="AS183" t="str">
         <v>142</v>
       </c>
       <c r="AT183" t="str">
         <v>5,6</v>
       </c>
       <c r="AU183" t="str">
         <v>122</v>
       </c>
       <c r="AV183" t="str">
         <v>4,8</v>
       </c>
       <c r="AW183" t="str">
-        <v>108</v>
+        <v>75</v>
       </c>
       <c r="AX183" t="str">
-        <v>4,25</v>
+        <v>2,95</v>
       </c>
       <c r="AY183" t="str">
         <v>9</v>
       </c>
       <c r="AZ183" t="str">
         <v>0,35</v>
       </c>
       <c r="BA183" t="str">
-        <v>1,2</v>
+        <v>0,35</v>
       </c>
       <c r="BB183" t="str">
-        <v>0,04</v>
+        <v>0,01</v>
       </c>
       <c r="BC183" t="str">
-        <v>1,4</v>
+        <v>0,94</v>
       </c>
       <c r="BD183" t="str">
-        <v>3,09</v>
+        <v>2,07</v>
       </c>
       <c r="BE183" t="str">
         <v>1</v>
       </c>
       <c r="BF183" t="str">
-        <v>1,6</v>
+        <v>1,14</v>
       </c>
       <c r="BG183" t="str">
-        <v>3,53</v>
+        <v>2,51</v>
       </c>
       <c r="BH183" t="str">
-        <v>170x170x140</v>
+        <v>210x210x125</v>
       </c>
       <c r="BI183" t="str">
-        <v>6.69x6.69x5.51</v>
+        <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ183" t="str">
-        <v>RCK005NSM388</v>
+        <v>RCK005NDL388</v>
+      </c>
+      <c r="BK183" t="str">
+        <v>5</v>
+      </c>
+      <c r="BL183" t="str">
+        <v>0,18</v>
+      </c>
+      <c r="BM183" t="str">
+        <v>80</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="str">
         <v>5NSM38</v>
       </c>
       <c r="B184">
         <v>5</v>
       </c>
       <c r="C184" t="str">
         <v>127</v>
       </c>
       <c r="D184" t="str">
         <v>5</v>
       </c>
       <c r="E184" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F184" t="str">
-        <v>10,5</v>
+        <v>6,3</v>
       </c>
       <c r="G184" t="str">
         <v>110</v>
       </c>
       <c r="H184" t="str">
         <v>220</v>
       </c>
       <c r="I184" t="str">
         <v>99</v>
       </c>
       <c r="J184" t="str">
         <v>300</v>
       </c>
       <c r="K184" t="str">
         <v>3500</v>
       </c>
       <c r="L184" t="str">
         <v>38</v>
       </c>
       <c r="M184" t="str">
         <v>1,5</v>
       </c>
       <c r="N184" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O184" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P184" t="str">
-        <v>7,3</v>
+        <v>7</v>
       </c>
       <c r="Q184" t="str">
         <v>0,29</v>
       </c>
       <c r="R184" t="str">
         <v>6</v>
       </c>
       <c r="S184" t="str">
         <v>0,24</v>
       </c>
       <c r="T184" t="str">
         <v>1,45</v>
       </c>
       <c r="U184" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V184" t="str">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="W184" t="str">
-        <v>9,3</v>
+        <v>5,3</v>
       </c>
       <c r="X184" t="str">
-        <v>1,18</v>
+        <v>0,99</v>
       </c>
       <c r="Y184" t="str">
-        <v>4,5</v>
+        <v>4,1</v>
       </c>
       <c r="Z184" t="str">
-        <v>0,94</v>
+        <v>0,79</v>
       </c>
       <c r="AA184" t="str">
-        <v>0,4</v>
+        <v>0,3</v>
       </c>
       <c r="AB184" t="str">
         <v>0,01</v>
       </c>
       <c r="AC184" t="str">
         <v>95</v>
       </c>
       <c r="AD184" t="str">
         <v>14,73</v>
       </c>
       <c r="AE184" t="str">
-        <v>0,98</v>
+        <v>1,15</v>
       </c>
       <c r="AF184" t="str">
         <v>2,2</v>
       </c>
       <c r="AG184" t="str">
         <v>3</v>
       </c>
       <c r="AH184" t="str">
-        <v>8,6</v>
+        <v>9</v>
       </c>
       <c r="AI184" t="str">
-        <v>11,7</v>
+        <v>10,1</v>
       </c>
       <c r="AJ184" t="str">
-        <v>0,2</v>
+        <v>0,15</v>
       </c>
       <c r="AK184" t="str">
-        <v>271</v>
+        <v>303</v>
       </c>
       <c r="AL184" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM184" t="str">
         <v>Radial</v>
       </c>
       <c r="AN184" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO184" t="str">
         <v>Single</v>
       </c>
       <c r="AP184" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ184" t="str">
         <v>157</v>
       </c>
       <c r="AR184" t="str">
         <v>6,2</v>
       </c>
       <c r="AS184" t="str">
         <v>142</v>
       </c>
@@ -31287,358 +31296,352 @@
       <c r="BB184" t="str">
         <v>0,04</v>
       </c>
       <c r="BC184" t="str">
         <v>1,4</v>
       </c>
       <c r="BD184" t="str">
         <v>3,09</v>
       </c>
       <c r="BE184" t="str">
         <v>1</v>
       </c>
       <c r="BF184" t="str">
         <v>1,6</v>
       </c>
       <c r="BG184" t="str">
         <v>3,53</v>
       </c>
       <c r="BH184" t="str">
         <v>170x170x140</v>
       </c>
       <c r="BI184" t="str">
         <v>6.69x6.69x5.51</v>
       </c>
       <c r="BJ184" t="str">
-        <v>RCK005NSM3816</v>
+        <v>RCK005NSM388</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="str">
-        <v>6CLA51</v>
+        <v>5NSM38</v>
       </c>
       <c r="B185">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="C185" t="str">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="D185" t="str">
-        <v>6,5</v>
+        <v>5</v>
       </c>
       <c r="E185" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F185" t="str">
-        <v>6,1</v>
+        <v>10,5</v>
       </c>
       <c r="G185" t="str">
-        <v>250</v>
+        <v>110</v>
       </c>
       <c r="H185" t="str">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="I185" t="str">
-        <v>94,5</v>
+        <v>99</v>
       </c>
       <c r="J185" t="str">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K185" t="str">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="L185" t="str">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="M185" t="str">
-        <v>2</v>
+        <v>1,5</v>
       </c>
       <c r="N185" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O185" t="str">
-        <v>Polyimide</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P185" t="str">
-        <v>13,5</v>
+        <v>7,3</v>
       </c>
       <c r="Q185" t="str">
-        <v>0,53</v>
+        <v>0,29</v>
       </c>
       <c r="R185" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="S185" t="str">
-        <v>0,31</v>
+        <v>0,24</v>
       </c>
       <c r="T185" t="str">
-        <v>1,05</v>
+        <v>1,45</v>
       </c>
       <c r="U185" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V185" t="str">
-        <v>96</v>
+        <v>320</v>
       </c>
       <c r="W185" t="str">
-        <v>5</v>
+        <v>9,3</v>
       </c>
       <c r="X185" t="str">
-        <v>0,36</v>
+        <v>1,18</v>
       </c>
       <c r="Y185" t="str">
-        <v>2,9</v>
+        <v>4,5</v>
       </c>
       <c r="Z185" t="str">
-        <v>0,32</v>
+        <v>0,94</v>
       </c>
       <c r="AA185" t="str">
-        <v>4,3</v>
+        <v>0,4</v>
       </c>
       <c r="AB185" t="str">
-        <v>0,13</v>
+        <v>0,01</v>
       </c>
       <c r="AC185" t="str">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="AD185" t="str">
-        <v>20,5</v>
+        <v>14,73</v>
       </c>
       <c r="AE185" t="str">
-        <v>1,1</v>
+        <v>0,98</v>
       </c>
       <c r="AF185" t="str">
-        <v>4,8</v>
+        <v>2,2</v>
       </c>
       <c r="AG185" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH185" t="str">
-        <v>15</v>
+        <v>8,6</v>
       </c>
       <c r="AI185" t="str">
-        <v>11,4</v>
+        <v>11,7</v>
       </c>
       <c r="AJ185" t="str">
-        <v>0,9</v>
+        <v>0,2</v>
       </c>
       <c r="AK185" t="str">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="AL185" t="str">
-        <v>Triple Roll</v>
+        <v>Double Roll</v>
       </c>
       <c r="AM185" t="str">
         <v>Radial</v>
       </c>
       <c r="AN185" t="str">
-        <v>Neodymium Inside Slug</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO185" t="str">
         <v>Single</v>
       </c>
       <c r="AP185" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ185" t="str">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="AR185" t="str">
-        <v>7,09</v>
+        <v>6,2</v>
       </c>
       <c r="AS185" t="str">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="AT185" t="str">
-        <v>6,5</v>
+        <v>5,6</v>
       </c>
       <c r="AU185" t="str">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="AV185" t="str">
-        <v>5,75</v>
+        <v>4,8</v>
       </c>
       <c r="AW185" t="str">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="AX185" t="str">
-        <v>4,45</v>
+        <v>4,25</v>
       </c>
       <c r="AY185" t="str">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AZ185" t="str">
-        <v>0,28</v>
+        <v>0,35</v>
+      </c>
+      <c r="BA185" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="BB185" t="str">
+        <v>0,04</v>
       </c>
       <c r="BC185" t="str">
-        <v>1,2</v>
+        <v>1,4</v>
       </c>
       <c r="BD185" t="str">
-        <v>2,65</v>
+        <v>3,09</v>
       </c>
       <c r="BE185" t="str">
         <v>1</v>
       </c>
       <c r="BF185" t="str">
-        <v>1,45</v>
+        <v>1,6</v>
       </c>
       <c r="BG185" t="str">
-        <v>3,2</v>
+        <v>3,53</v>
       </c>
       <c r="BH185" t="str">
-        <v>210x210x125</v>
+        <v>170x170x140</v>
       </c>
       <c r="BI185" t="str">
-        <v>8.27x8.27x4.92</v>
+        <v>6.69x6.69x5.51</v>
       </c>
       <c r="BJ185" t="str">
-        <v>RCK06CLA518</v>
-[...11 lines deleted...]
-        <v>Vented Box</v>
+        <v>RCK005NSM3816</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="str">
         <v>6CLA51</v>
       </c>
       <c r="B186">
         <v>6.5</v>
       </c>
       <c r="C186" t="str">
         <v>170</v>
       </c>
       <c r="D186" t="str">
         <v>6,5</v>
       </c>
       <c r="E186" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F186" t="str">
-        <v>11,2</v>
+        <v>6,1</v>
       </c>
       <c r="G186" t="str">
         <v>250</v>
       </c>
       <c r="H186" t="str">
         <v>500</v>
       </c>
       <c r="I186" t="str">
-        <v>93,5</v>
+        <v>94,5</v>
       </c>
       <c r="J186" t="str">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="K186" t="str">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="L186" t="str">
         <v>51</v>
       </c>
       <c r="M186" t="str">
         <v>2</v>
       </c>
       <c r="N186" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O186" t="str">
         <v>Polyimide</v>
       </c>
       <c r="P186" t="str">
-        <v>15</v>
+        <v>13,5</v>
       </c>
       <c r="Q186" t="str">
         <v>0,53</v>
       </c>
       <c r="R186" t="str">
         <v>8</v>
       </c>
       <c r="S186" t="str">
         <v>0,31</v>
       </c>
       <c r="T186" t="str">
         <v>1,05</v>
       </c>
       <c r="U186" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V186" t="str">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="W186" t="str">
-        <v>9,7</v>
+        <v>5</v>
       </c>
       <c r="X186" t="str">
-        <v>0,46</v>
+        <v>0,36</v>
       </c>
       <c r="Y186" t="str">
-        <v>3,9</v>
+        <v>2,9</v>
       </c>
       <c r="Z186" t="str">
-        <v>0,41</v>
+        <v>0,32</v>
       </c>
       <c r="AA186" t="str">
-        <v>5,7</v>
+        <v>4,3</v>
       </c>
       <c r="AB186" t="str">
-        <v>0,2</v>
+        <v>0,13</v>
       </c>
       <c r="AC186" t="str">
         <v>132</v>
       </c>
       <c r="AD186" t="str">
         <v>20,5</v>
       </c>
       <c r="AE186" t="str">
+        <v>1,1</v>
+      </c>
+      <c r="AF186" t="str">
+        <v>4,8</v>
+      </c>
+      <c r="AG186" t="str">
+        <v>4</v>
+      </c>
+      <c r="AH186" t="str">
+        <v>15</v>
+      </c>
+      <c r="AI186" t="str">
+        <v>11,4</v>
+      </c>
+      <c r="AJ186" t="str">
         <v>0,9</v>
       </c>
-      <c r="AF186" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="AK186" t="str">
-        <v>193</v>
+        <v>267</v>
       </c>
       <c r="AL186" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM186" t="str">
         <v>Radial</v>
       </c>
       <c r="AN186" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO186" t="str">
         <v>Single</v>
       </c>
       <c r="AP186" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ186" t="str">
         <v>180</v>
       </c>
       <c r="AR186" t="str">
         <v>7,09</v>
       </c>
       <c r="AS186" t="str">
         <v>165</v>
       </c>
@@ -31663,373 +31666,370 @@
       <c r="AZ186" t="str">
         <v>0,28</v>
       </c>
       <c r="BC186" t="str">
         <v>1,2</v>
       </c>
       <c r="BD186" t="str">
         <v>2,65</v>
       </c>
       <c r="BE186" t="str">
         <v>1</v>
       </c>
       <c r="BF186" t="str">
         <v>1,45</v>
       </c>
       <c r="BG186" t="str">
         <v>3,2</v>
       </c>
       <c r="BH186" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI186" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ186" t="str">
-        <v>RCK06CLA5116</v>
+        <v>RCK06CLA518</v>
       </c>
       <c r="BK186" t="str">
         <v>11</v>
       </c>
       <c r="BL186" t="str">
         <v>0,39</v>
       </c>
       <c r="BM186" t="str">
         <v>95</v>
       </c>
       <c r="BN186" t="str">
         <v>Vented Box</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="str">
-        <v>6MBX44</v>
+        <v>6CLA51</v>
       </c>
       <c r="B187">
         <v>6.5</v>
       </c>
       <c r="C187" t="str">
         <v>170</v>
       </c>
       <c r="D187" t="str">
         <v>6,5</v>
       </c>
       <c r="E187" t="str">
         <v>16</v>
       </c>
       <c r="F187" t="str">
-        <v>11,9</v>
+        <v>11,2</v>
       </c>
       <c r="G187" t="str">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H187" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I187" t="str">
-        <v>98</v>
+        <v>93,5</v>
       </c>
       <c r="J187" t="str">
-        <v>115</v>
+        <v>90</v>
       </c>
       <c r="K187" t="str">
         <v>5000</v>
       </c>
       <c r="L187" t="str">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="M187" t="str">
-        <v>1,7</v>
+        <v>2</v>
       </c>
       <c r="N187" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O187" t="str">
-        <v>Glass Fibre</v>
+        <v>Polyimide</v>
       </c>
       <c r="P187" t="str">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="Q187" t="str">
-        <v>0,37</v>
+        <v>0,53</v>
       </c>
       <c r="R187" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="S187" t="str">
-        <v>0,25</v>
+        <v>0,31</v>
       </c>
       <c r="T187" t="str">
-        <v>1,55</v>
+        <v>1,05</v>
       </c>
       <c r="U187" t="str">
-        <v>Waterproof Impregnated Cone</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="V187" t="str">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="W187" t="str">
-        <v>10,4</v>
+        <v>9,7</v>
       </c>
       <c r="X187" t="str">
+        <v>0,46</v>
+      </c>
+      <c r="Y187" t="str">
+        <v>3,9</v>
+      </c>
+      <c r="Z187" t="str">
         <v>0,41</v>
       </c>
-      <c r="Y187" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AA187" t="str">
-        <v>4</v>
+        <v>5,7</v>
       </c>
       <c r="AB187" t="str">
-        <v>0,14</v>
+        <v>0,2</v>
       </c>
       <c r="AC187" t="str">
         <v>132</v>
       </c>
       <c r="AD187" t="str">
-        <v>20,46</v>
+        <v>20,5</v>
       </c>
       <c r="AE187" t="str">
-        <v>1,4</v>
+        <v>0,9</v>
       </c>
       <c r="AF187" t="str">
-        <v>3,5</v>
+        <v>5,5</v>
       </c>
       <c r="AG187" t="str">
-        <v>3</v>
+        <v>4,6</v>
       </c>
       <c r="AH187" t="str">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="AI187" t="str">
-        <v>14,7</v>
+        <v>12,8</v>
       </c>
       <c r="AJ187" t="str">
-        <v>0,34</v>
+        <v>1,25</v>
       </c>
       <c r="AK187" t="str">
-        <v>280</v>
+        <v>193</v>
       </c>
       <c r="AL187" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM187" t="str">
-        <v>Exponential</v>
+        <v>Radial</v>
       </c>
       <c r="AN187" t="str">
-        <v>Neodymium Ring</v>
+        <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO187" t="str">
         <v>Single</v>
       </c>
       <c r="AP187" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ187" t="str">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="AR187" t="str">
-        <v>7,36</v>
+        <v>7,09</v>
       </c>
       <c r="AS187" t="str">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="AT187" t="str">
-        <v>6,7</v>
+        <v>6,5</v>
       </c>
       <c r="AU187" t="str">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AV187" t="str">
-        <v>5,7</v>
+        <v>5,75</v>
       </c>
       <c r="AW187" t="str">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="AX187" t="str">
-        <v>3,43</v>
+        <v>4,45</v>
       </c>
       <c r="AY187" t="str">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="AZ187" t="str">
-        <v>0,4</v>
-[...5 lines deleted...]
-        <v>0,02</v>
+        <v>0,28</v>
       </c>
       <c r="BC187" t="str">
-        <v>1,59</v>
+        <v>1,2</v>
       </c>
       <c r="BD187" t="str">
-        <v>3,51</v>
+        <v>2,65</v>
       </c>
       <c r="BE187" t="str">
         <v>1</v>
       </c>
       <c r="BF187" t="str">
-        <v>1,79</v>
+        <v>1,45</v>
       </c>
       <c r="BG187" t="str">
-        <v>3,95</v>
+        <v>3,2</v>
       </c>
       <c r="BH187" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI187" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ187" t="str">
-        <v>RCK06MBX4416</v>
+        <v>RCK06CLA5116</v>
       </c>
       <c r="BK187" t="str">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="BL187" t="str">
-        <v>0,11</v>
+        <v>0,39</v>
       </c>
       <c r="BM187" t="str">
-        <v>120</v>
+        <v>95</v>
+      </c>
+      <c r="BN187" t="str">
+        <v>Vented Box</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="str">
         <v>6MBX44</v>
       </c>
       <c r="B188">
         <v>6.5</v>
       </c>
       <c r="C188" t="str">
         <v>170</v>
       </c>
       <c r="D188" t="str">
         <v>6,5</v>
       </c>
       <c r="E188" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F188" t="str">
-        <v>6</v>
+        <v>11,9</v>
       </c>
       <c r="G188" t="str">
         <v>200</v>
       </c>
       <c r="H188" t="str">
         <v>400</v>
       </c>
       <c r="I188" t="str">
         <v>98</v>
       </c>
       <c r="J188" t="str">
         <v>115</v>
       </c>
       <c r="K188" t="str">
         <v>5000</v>
       </c>
       <c r="L188" t="str">
         <v>44</v>
       </c>
       <c r="M188" t="str">
         <v>1,7</v>
       </c>
       <c r="N188" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O188" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P188" t="str">
         <v>10</v>
       </c>
       <c r="Q188" t="str">
         <v>0,37</v>
       </c>
       <c r="R188" t="str">
         <v>6</v>
       </c>
       <c r="S188" t="str">
         <v>0,25</v>
       </c>
       <c r="T188" t="str">
         <v>1,55</v>
       </c>
       <c r="U188" t="str">
         <v>Waterproof Impregnated Cone</v>
       </c>
       <c r="V188" t="str">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="W188" t="str">
-        <v>5,4</v>
+        <v>10,4</v>
       </c>
       <c r="X188" t="str">
-        <v>0,34</v>
+        <v>0,41</v>
       </c>
       <c r="Y188" t="str">
-        <v>3,9</v>
+        <v>2,9</v>
       </c>
       <c r="Z188" t="str">
-        <v>0,31</v>
+        <v>0,35</v>
       </c>
       <c r="AA188" t="str">
-        <v>4,1</v>
+        <v>4</v>
       </c>
       <c r="AB188" t="str">
         <v>0,14</v>
       </c>
       <c r="AC188" t="str">
         <v>132</v>
       </c>
       <c r="AD188" t="str">
         <v>20,46</v>
       </c>
       <c r="AE188" t="str">
         <v>1,4</v>
       </c>
       <c r="AF188" t="str">
         <v>3,5</v>
       </c>
       <c r="AG188" t="str">
         <v>3</v>
       </c>
       <c r="AH188" t="str">
         <v>12</v>
       </c>
       <c r="AI188" t="str">
-        <v>11,7</v>
+        <v>14,7</v>
       </c>
       <c r="AJ188" t="str">
-        <v>0,2</v>
+        <v>0,34</v>
       </c>
       <c r="AK188" t="str">
-        <v>332</v>
+        <v>280</v>
       </c>
       <c r="AL188" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM188" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN188" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO188" t="str">
         <v>Single</v>
       </c>
       <c r="AP188" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ188" t="str">
         <v>187</v>
       </c>
       <c r="AR188" t="str">
         <v>7,36</v>
       </c>
       <c r="AS188" t="str">
         <v>172</v>
       </c>
@@ -32060,361 +32060,370 @@
       <c r="BB188" t="str">
         <v>0,02</v>
       </c>
       <c r="BC188" t="str">
         <v>1,59</v>
       </c>
       <c r="BD188" t="str">
         <v>3,51</v>
       </c>
       <c r="BE188" t="str">
         <v>1</v>
       </c>
       <c r="BF188" t="str">
         <v>1,79</v>
       </c>
       <c r="BG188" t="str">
         <v>3,95</v>
       </c>
       <c r="BH188" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI188" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ188" t="str">
-        <v>RCK06MBX448</v>
+        <v>RCK06MBX4416</v>
       </c>
       <c r="BK188" t="str">
         <v>3</v>
       </c>
       <c r="BL188" t="str">
         <v>0,11</v>
       </c>
       <c r="BM188" t="str">
         <v>120</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="str">
-        <v>6MD38</v>
+        <v>6MBX44</v>
       </c>
       <c r="B189">
         <v>6.5</v>
       </c>
       <c r="C189" t="str">
         <v>170</v>
       </c>
       <c r="D189" t="str">
         <v>6,5</v>
       </c>
       <c r="E189" t="str">
         <v>8</v>
       </c>
       <c r="F189" t="str">
-        <v>6,5</v>
+        <v>6</v>
       </c>
       <c r="G189" t="str">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="H189" t="str">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I189" t="str">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J189" t="str">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="K189" t="str">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="L189" t="str">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M189" t="str">
-        <v>1,5</v>
+        <v>1,7</v>
       </c>
       <c r="N189" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O189" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P189" t="str">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="Q189" t="str">
-        <v>0,35</v>
+        <v>0,37</v>
       </c>
       <c r="R189" t="str">
         <v>6</v>
       </c>
       <c r="S189" t="str">
         <v>0,25</v>
       </c>
       <c r="T189" t="str">
-        <v>1,4</v>
+        <v>1,55</v>
       </c>
       <c r="U189" t="str">
-        <v>None</v>
+        <v>Waterproof Impregnated Cone</v>
       </c>
       <c r="V189" t="str">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="W189" t="str">
-        <v>5,7</v>
+        <v>5,4</v>
       </c>
       <c r="X189" t="str">
-        <v>0,49</v>
+        <v>0,34</v>
       </c>
       <c r="Y189" t="str">
-        <v>3,7</v>
+        <v>3,9</v>
       </c>
       <c r="Z189" t="str">
-        <v>0,44</v>
+        <v>0,31</v>
       </c>
       <c r="AA189" t="str">
-        <v>3</v>
+        <v>4,1</v>
       </c>
       <c r="AB189" t="str">
-        <v>0,1</v>
+        <v>0,14</v>
       </c>
       <c r="AC189" t="str">
         <v>132</v>
       </c>
       <c r="AD189" t="str">
-        <v>20,5</v>
+        <v>20,46</v>
       </c>
       <c r="AE189" t="str">
         <v>1,4</v>
       </c>
       <c r="AF189" t="str">
-        <v>2</v>
+        <v>3,5</v>
       </c>
       <c r="AG189" t="str">
-        <v>4,5</v>
+        <v>3</v>
       </c>
       <c r="AH189" t="str">
         <v>12</v>
       </c>
       <c r="AI189" t="str">
-        <v>10,5</v>
+        <v>11,7</v>
       </c>
       <c r="AJ189" t="str">
-        <v>0,25</v>
+        <v>0,2</v>
       </c>
       <c r="AK189" t="str">
-        <v>265</v>
+        <v>332</v>
       </c>
       <c r="AL189" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM189" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN189" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO189" t="str">
         <v>Single</v>
       </c>
       <c r="AP189" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ189" t="str">
         <v>187</v>
       </c>
       <c r="AR189" t="str">
-        <v>7,4</v>
+        <v>7,36</v>
       </c>
       <c r="AS189" t="str">
         <v>172</v>
       </c>
       <c r="AT189" t="str">
         <v>6,7</v>
       </c>
       <c r="AU189" t="str">
         <v>145</v>
       </c>
       <c r="AV189" t="str">
         <v>5,7</v>
       </c>
       <c r="AW189" t="str">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AX189" t="str">
-        <v>3,2</v>
+        <v>3,43</v>
       </c>
       <c r="AY189" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AZ189" t="str">
-        <v>0,35</v>
+        <v>0,4</v>
       </c>
       <c r="BA189" t="str">
-        <v>0,8</v>
+        <v>0,6</v>
       </c>
       <c r="BB189" t="str">
-        <v>0,03</v>
+        <v>0,02</v>
       </c>
       <c r="BC189" t="str">
-        <v>2,3</v>
+        <v>1,59</v>
       </c>
       <c r="BD189" t="str">
-        <v>5,07</v>
+        <v>3,51</v>
       </c>
       <c r="BE189" t="str">
         <v>1</v>
       </c>
       <c r="BF189" t="str">
-        <v>2,5</v>
+        <v>1,79</v>
       </c>
       <c r="BG189" t="str">
-        <v>5,51</v>
+        <v>3,95</v>
       </c>
       <c r="BH189" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI189" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ189" t="str">
-        <v>RCK06MD388</v>
+        <v>RCK06MBX448</v>
+      </c>
+      <c r="BK189" t="str">
+        <v>3</v>
+      </c>
+      <c r="BL189" t="str">
+        <v>0,11</v>
+      </c>
+      <c r="BM189" t="str">
+        <v>120</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="str">
         <v>6MD38</v>
       </c>
       <c r="B190">
         <v>6.5</v>
       </c>
       <c r="C190" t="str">
         <v>170</v>
       </c>
       <c r="D190" t="str">
         <v>6,5</v>
       </c>
       <c r="E190" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F190" t="str">
-        <v>13,3</v>
+        <v>6,5</v>
       </c>
       <c r="G190" t="str">
         <v>120</v>
       </c>
       <c r="H190" t="str">
         <v>240</v>
       </c>
       <c r="I190" t="str">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J190" t="str">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="K190" t="str">
         <v>6000</v>
       </c>
       <c r="L190" t="str">
         <v>38</v>
       </c>
       <c r="M190" t="str">
         <v>1,5</v>
       </c>
       <c r="N190" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O190" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P190" t="str">
         <v>9</v>
       </c>
       <c r="Q190" t="str">
         <v>0,35</v>
       </c>
       <c r="R190" t="str">
         <v>6</v>
       </c>
       <c r="S190" t="str">
         <v>0,25</v>
       </c>
       <c r="T190" t="str">
         <v>1,4</v>
       </c>
       <c r="U190" t="str">
         <v>None</v>
       </c>
       <c r="V190" t="str">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="W190" t="str">
-        <v>11,7</v>
+        <v>5,7</v>
       </c>
       <c r="X190" t="str">
-        <v>0,61</v>
+        <v>0,49</v>
       </c>
       <c r="Y190" t="str">
-        <v>2,8</v>
+        <v>3,7</v>
       </c>
       <c r="Z190" t="str">
-        <v>0,5</v>
+        <v>0,44</v>
       </c>
       <c r="AA190" t="str">
-        <v>2,3</v>
+        <v>3</v>
       </c>
       <c r="AB190" t="str">
-        <v>0,08</v>
+        <v>0,1</v>
       </c>
       <c r="AC190" t="str">
         <v>132</v>
       </c>
       <c r="AD190" t="str">
         <v>20,5</v>
       </c>
       <c r="AE190" t="str">
         <v>1,4</v>
       </c>
       <c r="AF190" t="str">
-        <v>3,5</v>
+        <v>2</v>
       </c>
       <c r="AG190" t="str">
-        <v>2</v>
+        <v>4,5</v>
       </c>
       <c r="AH190" t="str">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AI190" t="str">
-        <v>14,5</v>
+        <v>10,5</v>
       </c>
       <c r="AJ190" t="str">
-        <v>0,4</v>
+        <v>0,25</v>
       </c>
       <c r="AK190" t="str">
-        <v>246</v>
+        <v>265</v>
       </c>
       <c r="AL190" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM190" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN190" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO190" t="str">
         <v>Single</v>
       </c>
       <c r="AP190" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ190" t="str">
         <v>187</v>
       </c>
       <c r="AR190" t="str">
         <v>7,4</v>
       </c>
       <c r="AS190" t="str">
         <v>172</v>
       </c>
@@ -32445,352 +32454,352 @@
       <c r="BB190" t="str">
         <v>0,03</v>
       </c>
       <c r="BC190" t="str">
         <v>2,3</v>
       </c>
       <c r="BD190" t="str">
         <v>5,07</v>
       </c>
       <c r="BE190" t="str">
         <v>1</v>
       </c>
       <c r="BF190" t="str">
         <v>2,5</v>
       </c>
       <c r="BG190" t="str">
         <v>5,51</v>
       </c>
       <c r="BH190" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI190" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ190" t="str">
-        <v>RCK06MD3816</v>
+        <v>RCK06MD388</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="str">
-        <v>6MDN44</v>
+        <v>6MD38</v>
       </c>
       <c r="B191">
         <v>6.5</v>
       </c>
       <c r="C191" t="str">
         <v>170</v>
       </c>
       <c r="D191" t="str">
         <v>6,5</v>
       </c>
       <c r="E191" t="str">
         <v>16</v>
       </c>
       <c r="F191" t="str">
-        <v>12,4</v>
+        <v>13,3</v>
       </c>
       <c r="G191" t="str">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="H191" t="str">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="I191" t="str">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="J191" t="str">
         <v>150</v>
       </c>
       <c r="K191" t="str">
         <v>6000</v>
       </c>
       <c r="L191" t="str">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M191" t="str">
-        <v>1,7</v>
+        <v>1,5</v>
       </c>
       <c r="N191" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O191" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P191" t="str">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="Q191" t="str">
-        <v>0,39</v>
+        <v>0,35</v>
       </c>
       <c r="R191" t="str">
         <v>6</v>
       </c>
       <c r="S191" t="str">
         <v>0,25</v>
       </c>
       <c r="T191" t="str">
-        <v>1,45</v>
+        <v>1,4</v>
       </c>
       <c r="U191" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>None</v>
       </c>
       <c r="V191" t="str">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="W191" t="str">
-        <v>11,8</v>
+        <v>11,7</v>
       </c>
       <c r="X191" t="str">
-        <v>0,56</v>
+        <v>0,61</v>
       </c>
       <c r="Y191" t="str">
-        <v>3</v>
+        <v>2,8</v>
       </c>
       <c r="Z191" t="str">
-        <v>0,47</v>
+        <v>0,5</v>
       </c>
       <c r="AA191" t="str">
-        <v>2,8</v>
+        <v>2,3</v>
       </c>
       <c r="AB191" t="str">
-        <v>0,1</v>
+        <v>0,08</v>
       </c>
       <c r="AC191" t="str">
         <v>132</v>
       </c>
       <c r="AD191" t="str">
         <v>20,5</v>
       </c>
       <c r="AE191" t="str">
-        <v>1,76</v>
+        <v>1,4</v>
       </c>
       <c r="AF191" t="str">
-        <v>3</v>
+        <v>3,5</v>
       </c>
       <c r="AG191" t="str">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AH191" t="str">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="AI191" t="str">
         <v>14,5</v>
       </c>
       <c r="AJ191" t="str">
-        <v>0,56</v>
+        <v>0,4</v>
       </c>
       <c r="AK191" t="str">
         <v>246</v>
       </c>
       <c r="AL191" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM191" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN191" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO191" t="str">
         <v>Single</v>
       </c>
       <c r="AP191" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ191" t="str">
         <v>187</v>
       </c>
       <c r="AR191" t="str">
         <v>7,4</v>
       </c>
       <c r="AS191" t="str">
         <v>172</v>
       </c>
       <c r="AT191" t="str">
         <v>6,7</v>
       </c>
       <c r="AU191" t="str">
         <v>145</v>
       </c>
       <c r="AV191" t="str">
         <v>5,7</v>
       </c>
       <c r="AW191" t="str">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="AX191" t="str">
-        <v>2,9</v>
+        <v>3,2</v>
       </c>
       <c r="AY191" t="str">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AZ191" t="str">
-        <v>0,4</v>
+        <v>0,35</v>
       </c>
       <c r="BA191" t="str">
-        <v>0,6</v>
+        <v>0,8</v>
       </c>
       <c r="BB191" t="str">
-        <v>0,02</v>
+        <v>0,03</v>
       </c>
       <c r="BC191" t="str">
-        <v>1</v>
+        <v>2,3</v>
       </c>
       <c r="BD191" t="str">
-        <v>1,2</v>
+        <v>5,07</v>
       </c>
       <c r="BE191" t="str">
         <v>1</v>
       </c>
       <c r="BF191" t="str">
-        <v>1,2</v>
+        <v>2,5</v>
       </c>
       <c r="BG191" t="str">
-        <v>2,65</v>
+        <v>5,51</v>
       </c>
       <c r="BH191" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI191" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ191" t="str">
-        <v>RCK06MDN4416</v>
+        <v>RCK06MD3816</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="str">
         <v>6MDN44</v>
       </c>
       <c r="B192">
         <v>6.5</v>
       </c>
       <c r="C192" t="str">
         <v>170</v>
       </c>
       <c r="D192" t="str">
         <v>6,5</v>
       </c>
       <c r="E192" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F192" t="str">
-        <v>6,5</v>
+        <v>12,4</v>
       </c>
       <c r="G192" t="str">
         <v>200</v>
       </c>
       <c r="H192" t="str">
         <v>400</v>
       </c>
       <c r="I192" t="str">
-        <v>96,5</v>
+        <v>97</v>
       </c>
       <c r="J192" t="str">
         <v>150</v>
       </c>
       <c r="K192" t="str">
         <v>6000</v>
       </c>
       <c r="L192" t="str">
         <v>44</v>
       </c>
       <c r="M192" t="str">
         <v>1,7</v>
       </c>
       <c r="N192" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O192" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P192" t="str">
         <v>10</v>
       </c>
       <c r="Q192" t="str">
-        <v>0,37</v>
+        <v>0,39</v>
       </c>
       <c r="R192" t="str">
         <v>6</v>
       </c>
       <c r="S192" t="str">
         <v>0,25</v>
       </c>
       <c r="T192" t="str">
         <v>1,45</v>
       </c>
       <c r="U192" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V192" t="str">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="W192" t="str">
-        <v>5,4</v>
+        <v>11,8</v>
       </c>
       <c r="X192" t="str">
-        <v>0,46</v>
+        <v>0,56</v>
       </c>
       <c r="Y192" t="str">
+        <v>3</v>
+      </c>
+      <c r="Z192" t="str">
+        <v>0,47</v>
+      </c>
+      <c r="AA192" t="str">
         <v>2,8</v>
       </c>
-      <c r="Z192" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AB192" t="str">
-        <v>0,09</v>
+        <v>0,1</v>
       </c>
       <c r="AC192" t="str">
         <v>132</v>
       </c>
       <c r="AD192" t="str">
         <v>20,5</v>
       </c>
       <c r="AE192" t="str">
-        <v>1,6</v>
+        <v>1,76</v>
       </c>
       <c r="AF192" t="str">
-        <v>2,5</v>
+        <v>3</v>
       </c>
       <c r="AG192" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH192" t="str">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AI192" t="str">
-        <v>11</v>
+        <v>14,5</v>
       </c>
       <c r="AJ192" t="str">
-        <v>0,47</v>
+        <v>0,56</v>
       </c>
       <c r="AK192" t="str">
-        <v>304</v>
+        <v>246</v>
       </c>
       <c r="AL192" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM192" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN192" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO192" t="str">
         <v>Single</v>
       </c>
       <c r="AP192" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ192" t="str">
         <v>187</v>
       </c>
       <c r="AR192" t="str">
         <v>7,4</v>
       </c>
       <c r="AS192" t="str">
         <v>172</v>
       </c>
@@ -32821,361 +32830,352 @@
       <c r="BB192" t="str">
         <v>0,02</v>
       </c>
       <c r="BC192" t="str">
         <v>1</v>
       </c>
       <c r="BD192" t="str">
         <v>1,2</v>
       </c>
       <c r="BE192" t="str">
         <v>1</v>
       </c>
       <c r="BF192" t="str">
         <v>1,2</v>
       </c>
       <c r="BG192" t="str">
         <v>2,65</v>
       </c>
       <c r="BH192" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI192" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ192" t="str">
-        <v>RCK06MDN448</v>
+        <v>RCK06MDN4416</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="str">
-        <v>6NDL38</v>
+        <v>6MDN44</v>
       </c>
       <c r="B193">
         <v>6.5</v>
       </c>
       <c r="C193" t="str">
         <v>170</v>
       </c>
       <c r="D193" t="str">
         <v>6,5</v>
       </c>
       <c r="E193" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F193" t="str">
-        <v>12,4</v>
+        <v>6,5</v>
       </c>
       <c r="G193" t="str">
+        <v>200</v>
+      </c>
+      <c r="H193" t="str">
+        <v>400</v>
+      </c>
+      <c r="I193" t="str">
+        <v>96,5</v>
+      </c>
+      <c r="J193" t="str">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="K193" t="str">
         <v>6000</v>
       </c>
       <c r="L193" t="str">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M193" t="str">
-        <v>1,5</v>
+        <v>1,7</v>
       </c>
       <c r="N193" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O193" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P193" t="str">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="Q193" t="str">
-        <v>0,5</v>
+        <v>0,37</v>
       </c>
       <c r="R193" t="str">
         <v>6</v>
       </c>
       <c r="S193" t="str">
         <v>0,25</v>
       </c>
       <c r="T193" t="str">
-        <v>1,15</v>
+        <v>1,45</v>
       </c>
       <c r="U193" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V193" t="str">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="W193" t="str">
-        <v>11,3</v>
+        <v>5,4</v>
       </c>
       <c r="X193" t="str">
-        <v>0,53</v>
+        <v>0,46</v>
       </c>
       <c r="Y193" t="str">
-        <v>10,29</v>
+        <v>2,8</v>
       </c>
       <c r="Z193" t="str">
-        <v>0,5</v>
+        <v>0,4</v>
       </c>
       <c r="AA193" t="str">
-        <v>8,9</v>
+        <v>2,7</v>
       </c>
       <c r="AB193" t="str">
-        <v>0,31</v>
+        <v>0,09</v>
       </c>
       <c r="AC193" t="str">
         <v>132</v>
       </c>
       <c r="AD193" t="str">
         <v>20,5</v>
       </c>
       <c r="AE193" t="str">
-        <v>0,53</v>
+        <v>1,6</v>
       </c>
       <c r="AF193" t="str">
-        <v>6</v>
+        <v>2,5</v>
       </c>
       <c r="AG193" t="str">
-        <v>5,5</v>
+        <v>3</v>
       </c>
       <c r="AH193" t="str">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="AI193" t="str">
-        <v>11,7</v>
+        <v>11</v>
       </c>
       <c r="AJ193" t="str">
-        <v>1</v>
+        <v>0,47</v>
       </c>
       <c r="AK193" t="str">
-        <v>132</v>
+        <v>304</v>
       </c>
       <c r="AL193" t="str">
-        <v>Roll</v>
+        <v>Triple Roll</v>
       </c>
       <c r="AM193" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN193" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO193" t="str">
         <v>Single</v>
       </c>
       <c r="AP193" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ193" t="str">
         <v>187</v>
       </c>
       <c r="AR193" t="str">
         <v>7,4</v>
       </c>
       <c r="AS193" t="str">
         <v>172</v>
       </c>
       <c r="AT193" t="str">
         <v>6,7</v>
       </c>
       <c r="AU193" t="str">
         <v>145</v>
       </c>
       <c r="AV193" t="str">
         <v>5,7</v>
       </c>
       <c r="AW193" t="str">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="AX193" t="str">
-        <v>3,3</v>
+        <v>2,9</v>
       </c>
       <c r="AY193" t="str">
         <v>11</v>
       </c>
       <c r="AZ193" t="str">
         <v>0,4</v>
       </c>
       <c r="BA193" t="str">
-        <v>0,63</v>
+        <v>0,6</v>
       </c>
       <c r="BB193" t="str">
         <v>0,02</v>
       </c>
       <c r="BC193" t="str">
+        <v>1</v>
+      </c>
+      <c r="BD193" t="str">
         <v>1,2</v>
-      </c>
-[...1 lines deleted...]
-        <v>2,6</v>
       </c>
       <c r="BE193" t="str">
         <v>1</v>
       </c>
       <c r="BF193" t="str">
-        <v>1,4</v>
+        <v>1,2</v>
       </c>
       <c r="BG193" t="str">
-        <v>3,09</v>
+        <v>2,65</v>
       </c>
       <c r="BH193" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI193" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ193" t="str">
-        <v>RCK06NDL3816</v>
-[...8 lines deleted...]
-        <v>62</v>
+        <v>RCK06MDN448</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="str">
         <v>6NDL38</v>
       </c>
       <c r="B194">
         <v>6.5</v>
       </c>
       <c r="C194" t="str">
         <v>170</v>
       </c>
       <c r="D194" t="str">
         <v>6,5</v>
       </c>
       <c r="E194" t="str">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F194" t="str">
-        <v>3,5</v>
+        <v>12,4</v>
       </c>
       <c r="G194" t="str">
         <v>150</v>
       </c>
       <c r="H194" t="str">
         <v>300</v>
       </c>
       <c r="I194" t="str">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J194" t="str">
         <v>70</v>
       </c>
       <c r="K194" t="str">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="L194" t="str">
         <v>38</v>
       </c>
       <c r="M194" t="str">
         <v>1,5</v>
       </c>
       <c r="N194" t="str">
         <v>Copper</v>
       </c>
       <c r="O194" t="str">
         <v>Kapton</v>
       </c>
       <c r="P194" t="str">
         <v>12</v>
       </c>
       <c r="Q194" t="str">
         <v>0,5</v>
       </c>
       <c r="R194" t="str">
         <v>6</v>
       </c>
       <c r="S194" t="str">
         <v>0,25</v>
       </c>
       <c r="T194" t="str">
         <v>1,15</v>
       </c>
       <c r="U194" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V194" t="str">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="W194" t="str">
-        <v>3,1</v>
+        <v>11,3</v>
       </c>
       <c r="X194" t="str">
-        <v>0,4</v>
+        <v>0,53</v>
       </c>
       <c r="Y194" t="str">
-        <v>10,05</v>
+        <v>10,29</v>
       </c>
       <c r="Z194" t="str">
-        <v>0,39</v>
+        <v>0,5</v>
       </c>
       <c r="AA194" t="str">
-        <v>7,1</v>
+        <v>8,9</v>
       </c>
       <c r="AB194" t="str">
-        <v>0,25</v>
+        <v>0,31</v>
       </c>
       <c r="AC194" t="str">
         <v>132</v>
       </c>
       <c r="AD194" t="str">
         <v>20,5</v>
       </c>
       <c r="AE194" t="str">
-        <v>0,55</v>
+        <v>0,53</v>
       </c>
       <c r="AF194" t="str">
         <v>6</v>
       </c>
       <c r="AG194" t="str">
         <v>5,5</v>
       </c>
       <c r="AH194" t="str">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="AI194" t="str">
-        <v>7,8</v>
+        <v>11,7</v>
       </c>
       <c r="AJ194" t="str">
-        <v>0,4</v>
+        <v>1</v>
       </c>
       <c r="AK194" t="str">
-        <v>173</v>
+        <v>132</v>
       </c>
       <c r="AL194" t="str">
         <v>Roll</v>
       </c>
       <c r="AM194" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN194" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO194" t="str">
         <v>Single</v>
       </c>
       <c r="AP194" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ194" t="str">
         <v>187</v>
       </c>
       <c r="AR194" t="str">
         <v>7,4</v>
       </c>
       <c r="AS194" t="str">
         <v>172</v>
       </c>
@@ -33206,173 +33206,173 @@
       <c r="BB194" t="str">
         <v>0,02</v>
       </c>
       <c r="BC194" t="str">
         <v>1,2</v>
       </c>
       <c r="BD194" t="str">
         <v>2,6</v>
       </c>
       <c r="BE194" t="str">
         <v>1</v>
       </c>
       <c r="BF194" t="str">
         <v>1,4</v>
       </c>
       <c r="BG194" t="str">
         <v>3,09</v>
       </c>
       <c r="BH194" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI194" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ194" t="str">
-        <v>RCK06NDL384</v>
+        <v>RCK06NDL3816</v>
       </c>
       <c r="BK194" t="str">
         <v>9</v>
       </c>
       <c r="BL194" t="str">
         <v>0,32</v>
       </c>
       <c r="BM194" t="str">
         <v>62</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="str">
         <v>6NDL38</v>
       </c>
       <c r="B195">
         <v>6.5</v>
       </c>
       <c r="C195" t="str">
         <v>170</v>
       </c>
       <c r="D195" t="str">
         <v>6,5</v>
       </c>
       <c r="E195" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F195" t="str">
-        <v>6</v>
+        <v>3,5</v>
       </c>
       <c r="G195" t="str">
         <v>150</v>
       </c>
       <c r="H195" t="str">
         <v>300</v>
       </c>
       <c r="I195" t="str">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J195" t="str">
         <v>70</v>
       </c>
       <c r="K195" t="str">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="L195" t="str">
         <v>38</v>
       </c>
       <c r="M195" t="str">
         <v>1,5</v>
       </c>
       <c r="N195" t="str">
         <v>Copper</v>
       </c>
       <c r="O195" t="str">
         <v>Kapton</v>
       </c>
       <c r="P195" t="str">
         <v>12</v>
       </c>
       <c r="Q195" t="str">
         <v>0,5</v>
       </c>
       <c r="R195" t="str">
         <v>6</v>
       </c>
       <c r="S195" t="str">
         <v>0,25</v>
       </c>
       <c r="T195" t="str">
         <v>1,15</v>
       </c>
       <c r="U195" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V195" t="str">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="W195" t="str">
-        <v>5,2</v>
+        <v>3,1</v>
       </c>
       <c r="X195" t="str">
-        <v>0,44</v>
+        <v>0,4</v>
       </c>
       <c r="Y195" t="str">
-        <v>11,5</v>
+        <v>10,05</v>
       </c>
       <c r="Z195" t="str">
-        <v>0,42</v>
+        <v>0,39</v>
       </c>
       <c r="AA195" t="str">
-        <v>7</v>
+        <v>7,1</v>
       </c>
       <c r="AB195" t="str">
         <v>0,25</v>
       </c>
       <c r="AC195" t="str">
         <v>132</v>
       </c>
       <c r="AD195" t="str">
         <v>20,5</v>
       </c>
       <c r="AE195" t="str">
-        <v>0,6</v>
+        <v>0,55</v>
       </c>
       <c r="AF195" t="str">
         <v>6</v>
       </c>
       <c r="AG195" t="str">
         <v>5,5</v>
       </c>
       <c r="AH195" t="str">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AI195" t="str">
-        <v>9,5</v>
+        <v>7,8</v>
       </c>
       <c r="AJ195" t="str">
-        <v>0,6</v>
+        <v>0,4</v>
       </c>
       <c r="AK195" t="str">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="AL195" t="str">
         <v>Roll</v>
       </c>
       <c r="AM195" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN195" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO195" t="str">
         <v>Single</v>
       </c>
       <c r="AP195" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ195" t="str">
         <v>187</v>
       </c>
       <c r="AR195" t="str">
         <v>7,4</v>
       </c>
       <c r="AS195" t="str">
         <v>172</v>
       </c>
@@ -33403,1379 +33403,1379 @@
       <c r="BB195" t="str">
         <v>0,02</v>
       </c>
       <c r="BC195" t="str">
         <v>1,2</v>
       </c>
       <c r="BD195" t="str">
         <v>2,6</v>
       </c>
       <c r="BE195" t="str">
         <v>1</v>
       </c>
       <c r="BF195" t="str">
         <v>1,4</v>
       </c>
       <c r="BG195" t="str">
         <v>3,09</v>
       </c>
       <c r="BH195" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI195" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ195" t="str">
-        <v>RCK06NDL388</v>
+        <v>RCK06NDL384</v>
       </c>
       <c r="BK195" t="str">
         <v>9</v>
       </c>
       <c r="BL195" t="str">
         <v>0,32</v>
       </c>
       <c r="BM195" t="str">
         <v>62</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="str">
-        <v>6NDL44</v>
+        <v>6NDL38</v>
       </c>
       <c r="B196">
         <v>6.5</v>
       </c>
+      <c r="C196" t="str">
+        <v>170</v>
+      </c>
+      <c r="D196" t="str">
+        <v>6,5</v>
+      </c>
       <c r="E196" t="str">
         <v>8</v>
       </c>
+      <c r="F196" t="str">
+        <v>6</v>
+      </c>
+      <c r="G196" t="str">
+        <v>150</v>
+      </c>
+      <c r="H196" t="str">
+        <v>300</v>
+      </c>
+      <c r="I196" t="str">
+        <v>92</v>
+      </c>
+      <c r="J196" t="str">
+        <v>70</v>
+      </c>
+      <c r="K196" t="str">
+        <v>6000</v>
+      </c>
+      <c r="L196" t="str">
+        <v>38</v>
+      </c>
+      <c r="M196" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="N196" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="O196" t="str">
+        <v>Kapton</v>
+      </c>
+      <c r="P196" t="str">
+        <v>12</v>
+      </c>
+      <c r="Q196" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="R196" t="str">
+        <v>6</v>
+      </c>
+      <c r="S196" t="str">
+        <v>0,25</v>
+      </c>
+      <c r="T196" t="str">
+        <v>1,15</v>
+      </c>
+      <c r="U196" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="V196" t="str">
+        <v>72</v>
+      </c>
+      <c r="W196" t="str">
+        <v>5,2</v>
+      </c>
+      <c r="X196" t="str">
+        <v>0,44</v>
+      </c>
+      <c r="Y196" t="str">
+        <v>11,5</v>
+      </c>
+      <c r="Z196" t="str">
+        <v>0,42</v>
+      </c>
+      <c r="AA196" t="str">
+        <v>7</v>
+      </c>
+      <c r="AB196" t="str">
+        <v>0,25</v>
+      </c>
+      <c r="AC196" t="str">
+        <v>132</v>
+      </c>
+      <c r="AD196" t="str">
+        <v>20,5</v>
+      </c>
+      <c r="AE196" t="str">
+        <v>0,6</v>
+      </c>
+      <c r="AF196" t="str">
+        <v>6</v>
+      </c>
+      <c r="AG196" t="str">
+        <v>5,5</v>
+      </c>
+      <c r="AH196" t="str">
+        <v>17</v>
+      </c>
+      <c r="AI196" t="str">
+        <v>9,5</v>
+      </c>
+      <c r="AJ196" t="str">
+        <v>0,6</v>
+      </c>
+      <c r="AK196" t="str">
+        <v>164</v>
+      </c>
+      <c r="AL196" t="str">
+        <v>Roll</v>
+      </c>
+      <c r="AM196" t="str">
+        <v>Exponential</v>
+      </c>
+      <c r="AN196" t="str">
+        <v>Neodymium Ring</v>
+      </c>
+      <c r="AO196" t="str">
+        <v>Single</v>
+      </c>
+      <c r="AP196" t="str">
+        <v>T-Pole</v>
+      </c>
+      <c r="AQ196" t="str">
+        <v>187</v>
+      </c>
+      <c r="AR196" t="str">
+        <v>7,4</v>
+      </c>
+      <c r="AS196" t="str">
+        <v>172</v>
+      </c>
+      <c r="AT196" t="str">
+        <v>6,7</v>
+      </c>
+      <c r="AU196" t="str">
+        <v>145</v>
+      </c>
+      <c r="AV196" t="str">
+        <v>5,7</v>
+      </c>
+      <c r="AW196" t="str">
+        <v>85</v>
+      </c>
+      <c r="AX196" t="str">
+        <v>3,3</v>
+      </c>
+      <c r="AY196" t="str">
+        <v>11</v>
+      </c>
+      <c r="AZ196" t="str">
+        <v>0,4</v>
+      </c>
+      <c r="BA196" t="str">
+        <v>0,63</v>
+      </c>
+      <c r="BB196" t="str">
+        <v>0,02</v>
+      </c>
+      <c r="BC196" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="BD196" t="str">
+        <v>2,6</v>
+      </c>
+      <c r="BE196" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF196" t="str">
+        <v>1,4</v>
+      </c>
+      <c r="BG196" t="str">
+        <v>3,09</v>
+      </c>
+      <c r="BH196" t="str">
+        <v>210x210x125</v>
+      </c>
+      <c r="BI196" t="str">
+        <v>8.27x8.27x4.92</v>
+      </c>
       <c r="BJ196" t="str">
-        <v>RCK06NDL448</v>
+        <v>RCK06NDL388</v>
+      </c>
+      <c r="BK196" t="str">
+        <v>9</v>
+      </c>
+      <c r="BL196" t="str">
+        <v>0,32</v>
+      </c>
+      <c r="BM196" t="str">
+        <v>62</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="str">
-        <v>6NSM51</v>
+        <v>6NDL44</v>
       </c>
       <c r="B197">
         <v>6.5</v>
       </c>
-      <c r="C197" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E197" t="str">
         <v>8</v>
       </c>
-      <c r="F197" t="str">
-[...166 lines deleted...]
-      </c>
       <c r="BJ197" t="str">
-        <v>RCK06NSM518</v>
+        <v>RCK06NDL448</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="str">
-        <v>6PE13</v>
+        <v>6NSM51</v>
       </c>
       <c r="B198">
         <v>6.5</v>
       </c>
+      <c r="C198" t="str">
+        <v>170</v>
+      </c>
+      <c r="D198" t="str">
+        <v>6,5</v>
+      </c>
       <c r="E198" t="str">
         <v>8</v>
       </c>
+      <c r="F198" t="str">
+        <v>6,6</v>
+      </c>
+      <c r="G198" t="str">
+        <v>250</v>
+      </c>
+      <c r="H198" t="str">
+        <v>500</v>
+      </c>
+      <c r="I198" t="str">
+        <v>100</v>
+      </c>
+      <c r="J198" t="str">
+        <v>300</v>
+      </c>
+      <c r="K198" t="str">
+        <v>6000</v>
+      </c>
+      <c r="L198" t="str">
+        <v>51</v>
+      </c>
+      <c r="M198" t="str">
+        <v>2</v>
+      </c>
+      <c r="N198" t="str">
+        <v>Aluminium</v>
+      </c>
+      <c r="O198" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="P198" t="str">
+        <v>8,5</v>
+      </c>
+      <c r="Q198" t="str">
+        <v>0,33</v>
+      </c>
+      <c r="R198" t="str">
+        <v>6</v>
+      </c>
+      <c r="S198" t="str">
+        <v>0,24</v>
+      </c>
+      <c r="T198" t="str">
+        <v>1,6</v>
+      </c>
+      <c r="U198" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="V198" t="str">
+        <v>280</v>
+      </c>
+      <c r="W198" t="str">
+        <v>5,4</v>
+      </c>
+      <c r="X198" t="str">
+        <v>0,68</v>
+      </c>
+      <c r="Y198" t="str">
+        <v>5,4</v>
+      </c>
+      <c r="Z198" t="str">
+        <v>0,6</v>
+      </c>
+      <c r="AA198" t="str">
+        <v>0,7</v>
+      </c>
+      <c r="AB198" t="str">
+        <v>0,02</v>
+      </c>
+      <c r="AC198" t="str">
+        <v>143</v>
+      </c>
+      <c r="AD198" t="str">
+        <v>22,17</v>
+      </c>
+      <c r="AE198" t="str">
+        <v>2,2</v>
+      </c>
+      <c r="AF198" t="str">
+        <v>2,8</v>
+      </c>
+      <c r="AG198" t="str">
+        <v>3</v>
+      </c>
+      <c r="AH198" t="str">
+        <v>13,5</v>
+      </c>
+      <c r="AI198" t="str">
+        <v>13,9</v>
+      </c>
+      <c r="AJ198" t="str">
+        <v>0,15</v>
+      </c>
+      <c r="AK198" t="str">
+        <v>412</v>
+      </c>
+      <c r="AL198" t="str">
+        <v>Triple Roll</v>
+      </c>
+      <c r="AM198" t="str">
+        <v>Radial</v>
+      </c>
+      <c r="AN198" t="str">
+        <v>Neodymium Ring</v>
+      </c>
+      <c r="AO198" t="str">
+        <v>Single</v>
+      </c>
+      <c r="AP198" t="str">
+        <v>T-Pole</v>
+      </c>
+      <c r="AQ198" t="str">
+        <v>187</v>
+      </c>
+      <c r="AR198" t="str">
+        <v>7,36</v>
+      </c>
+      <c r="AS198" t="str">
+        <v>172</v>
+      </c>
+      <c r="AT198" t="str">
+        <v>6,77</v>
+      </c>
+      <c r="AU198" t="str">
+        <v>151</v>
+      </c>
+      <c r="AV198" t="str">
+        <v>5,94</v>
+      </c>
+      <c r="AW198" t="str">
+        <v>113</v>
+      </c>
+      <c r="AX198" t="str">
+        <v>4,45</v>
+      </c>
+      <c r="AY198" t="str">
+        <v>11</v>
+      </c>
+      <c r="AZ198" t="str">
+        <v>0,43</v>
+      </c>
+      <c r="BA198" t="str">
+        <v>2</v>
+      </c>
+      <c r="BB198" t="str">
+        <v>0,07</v>
+      </c>
+      <c r="BC198" t="str">
+        <v>2,25</v>
+      </c>
+      <c r="BD198" t="str">
+        <v>4,96</v>
+      </c>
+      <c r="BE198" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF198" t="str">
+        <v>2,48</v>
+      </c>
+      <c r="BG198" t="str">
+        <v>5,46</v>
+      </c>
+      <c r="BH198" t="str">
+        <v>210x180x150</v>
+      </c>
+      <c r="BI198" t="str">
+        <v>8.27x7.09x5.91</v>
+      </c>
       <c r="BJ198" t="str">
-        <v>RCK06PE138</v>
+        <v>RCK06NSM518</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="str">
-        <v>6PEV13</v>
+        <v>6PE13</v>
       </c>
       <c r="B199">
         <v>6.5</v>
       </c>
-      <c r="C199" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E199" t="str">
         <v>8</v>
       </c>
-      <c r="F199" t="str">
-[...166 lines deleted...]
-      </c>
       <c r="BJ199" t="str">
-        <v>RCK06PEV138</v>
+        <v>RCK06PE138</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="str">
-        <v>6PS38</v>
+        <v>6PEV13</v>
       </c>
       <c r="B200">
         <v>6.5</v>
       </c>
       <c r="C200" t="str">
         <v>170</v>
       </c>
       <c r="D200" t="str">
         <v>6,5</v>
       </c>
       <c r="E200" t="str">
         <v>8</v>
       </c>
       <c r="F200" t="str">
-        <v>6,6</v>
+        <v>6</v>
       </c>
       <c r="G200" t="str">
+        <v>120</v>
+      </c>
+      <c r="H200" t="str">
+        <v>240</v>
+      </c>
+      <c r="I200" t="str">
+        <v>99</v>
+      </c>
+      <c r="J200" t="str">
         <v>150</v>
       </c>
-      <c r="H200" t="str">
-[...7 lines deleted...]
-      </c>
       <c r="K200" t="str">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="L200" t="str">
         <v>38</v>
       </c>
       <c r="M200" t="str">
         <v>1,5</v>
       </c>
       <c r="N200" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O200" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P200" t="str">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="Q200" t="str">
-        <v>0,49</v>
+        <v>0,28</v>
       </c>
       <c r="R200" t="str">
         <v>6</v>
       </c>
       <c r="S200" t="str">
         <v>0,24</v>
       </c>
       <c r="T200" t="str">
         <v>1,4</v>
       </c>
       <c r="U200" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>None</v>
       </c>
       <c r="V200" t="str">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="W200" t="str">
-        <v>5,4</v>
+        <v>5,2</v>
       </c>
       <c r="X200" t="str">
-        <v>0,31</v>
+        <v>0,39</v>
       </c>
       <c r="Y200" t="str">
-        <v>11,7</v>
+        <v>4,6</v>
       </c>
       <c r="Z200" t="str">
-        <v>0,3</v>
+        <v>0,36</v>
       </c>
       <c r="AA200" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AB200" t="str">
-        <v>0,28</v>
+        <v>0,21</v>
       </c>
       <c r="AC200" t="str">
         <v>132</v>
       </c>
       <c r="AD200" t="str">
         <v>20,46</v>
       </c>
       <c r="AE200" t="str">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AF200" t="str">
+        <v>2,5</v>
+      </c>
+      <c r="AG200" t="str">
+        <v>1,5</v>
+      </c>
+      <c r="AH200" t="str">
         <v>6</v>
       </c>
-      <c r="AG200" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AI200" t="str">
-        <v>10,8</v>
+        <v>8,2</v>
       </c>
       <c r="AJ200" t="str">
         <v>0,6</v>
       </c>
       <c r="AK200" t="str">
-        <v>242</v>
+        <v>323</v>
       </c>
       <c r="AL200" t="str">
-        <v>Roll</v>
+        <v>Flat</v>
       </c>
       <c r="AM200" t="str">
-        <v>Radial</v>
+        <v>Exponential</v>
       </c>
       <c r="AN200" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO200" t="str">
         <v>Single</v>
       </c>
       <c r="AP200" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ200" t="str">
         <v>187</v>
       </c>
       <c r="AR200" t="str">
         <v>7,36</v>
       </c>
       <c r="AS200" t="str">
         <v>172</v>
       </c>
       <c r="AT200" t="str">
         <v>6,77</v>
       </c>
       <c r="AU200" t="str">
         <v>145</v>
       </c>
       <c r="AV200" t="str">
         <v>5,71</v>
       </c>
       <c r="AW200" t="str">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="AX200" t="str">
-        <v>3,23</v>
+        <v>3,07</v>
       </c>
       <c r="AY200" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AZ200" t="str">
-        <v>0,35</v>
+        <v>0,43</v>
       </c>
       <c r="BA200" t="str">
         <v>0,8</v>
       </c>
       <c r="BB200" t="str">
         <v>0,03</v>
       </c>
       <c r="BC200" t="str">
         <v>2,35</v>
       </c>
       <c r="BD200" t="str">
         <v>5,18</v>
       </c>
       <c r="BE200" t="str">
         <v>1</v>
       </c>
       <c r="BF200" t="str">
         <v>2,55</v>
       </c>
       <c r="BG200" t="str">
         <v>5,62</v>
       </c>
       <c r="BH200" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI200" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ200" t="str">
-        <v>RCK06PS388</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>RCK06PEV138</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="str">
-        <v>6PS44</v>
+        <v>6PS38</v>
       </c>
       <c r="B201">
         <v>6.5</v>
       </c>
       <c r="C201" t="str">
         <v>170</v>
       </c>
       <c r="D201" t="str">
         <v>6,5</v>
       </c>
       <c r="E201" t="str">
         <v>8</v>
       </c>
       <c r="F201" t="str">
-        <v>6</v>
+        <v>6,6</v>
       </c>
       <c r="G201" t="str">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="H201" t="str">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I201" t="str">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J201" t="str">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K201" t="str">
         <v>5000</v>
       </c>
       <c r="L201" t="str">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="M201" t="str">
-        <v>1,7</v>
+        <v>1,5</v>
       </c>
       <c r="N201" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O201" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P201" t="str">
         <v>12</v>
       </c>
       <c r="Q201" t="str">
         <v>0,49</v>
       </c>
       <c r="R201" t="str">
         <v>6</v>
       </c>
       <c r="S201" t="str">
         <v>0,24</v>
       </c>
       <c r="T201" t="str">
-        <v>1,25</v>
+        <v>1,4</v>
       </c>
       <c r="U201" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V201" t="str">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="W201" t="str">
-        <v>5,3</v>
+        <v>5,4</v>
       </c>
       <c r="X201" t="str">
-        <v>0,34</v>
+        <v>0,31</v>
       </c>
       <c r="Y201" t="str">
-        <v>12,5</v>
+        <v>11,7</v>
       </c>
       <c r="Z201" t="str">
-        <v>0,33</v>
+        <v>0,3</v>
       </c>
       <c r="AA201" t="str">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AB201" t="str">
-        <v>0,25</v>
+        <v>0,28</v>
       </c>
       <c r="AC201" t="str">
         <v>132</v>
       </c>
       <c r="AD201" t="str">
         <v>20,46</v>
       </c>
       <c r="AE201" t="str">
-        <v>0,7</v>
+        <v>1</v>
       </c>
       <c r="AF201" t="str">
-        <v>4,5</v>
+        <v>6</v>
       </c>
       <c r="AG201" t="str">
-        <v>6</v>
+        <v>7,5</v>
       </c>
       <c r="AH201" t="str">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="AI201" t="str">
-        <v>11</v>
+        <v>10,8</v>
       </c>
       <c r="AJ201" t="str">
-        <v>0,7</v>
+        <v>0,6</v>
       </c>
       <c r="AK201" t="str">
-        <v>209</v>
+        <v>242</v>
       </c>
       <c r="AL201" t="str">
         <v>Roll</v>
       </c>
       <c r="AM201" t="str">
         <v>Radial</v>
       </c>
       <c r="AN201" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO201" t="str">
         <v>Single</v>
       </c>
       <c r="AP201" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ201" t="str">
         <v>187</v>
       </c>
       <c r="AR201" t="str">
         <v>7,36</v>
       </c>
       <c r="AS201" t="str">
         <v>172</v>
       </c>
       <c r="AT201" t="str">
         <v>6,77</v>
       </c>
       <c r="AU201" t="str">
         <v>145</v>
       </c>
       <c r="AV201" t="str">
         <v>5,71</v>
       </c>
       <c r="AW201" t="str">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="AX201" t="str">
-        <v>3,46</v>
+        <v>3,23</v>
       </c>
       <c r="AY201" t="str">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="AZ201" t="str">
-        <v>0,51</v>
+        <v>0,35</v>
       </c>
       <c r="BA201" t="str">
-        <v>0,9</v>
+        <v>0,8</v>
       </c>
       <c r="BB201" t="str">
         <v>0,03</v>
       </c>
       <c r="BC201" t="str">
         <v>2,35</v>
       </c>
       <c r="BD201" t="str">
         <v>5,18</v>
       </c>
       <c r="BE201" t="str">
         <v>1</v>
       </c>
       <c r="BF201" t="str">
         <v>2,55</v>
       </c>
       <c r="BG201" t="str">
         <v>5,62</v>
       </c>
       <c r="BH201" t="str">
         <v>210x210x125</v>
       </c>
       <c r="BI201" t="str">
         <v>8.27x8.27x4.92</v>
       </c>
       <c r="BJ201" t="str">
-        <v>RCK06PS448</v>
+        <v>RCK06PS388</v>
       </c>
       <c r="BK201" t="str">
         <v>9</v>
       </c>
       <c r="BL201" t="str">
         <v>0,32</v>
       </c>
       <c r="BM201" t="str">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="str">
-        <v>6XT13</v>
+        <v>6PS44</v>
       </c>
       <c r="B202">
         <v>6.5</v>
       </c>
+      <c r="C202" t="str">
+        <v>170</v>
+      </c>
+      <c r="D202" t="str">
+        <v>6,5</v>
+      </c>
       <c r="E202" t="str">
         <v>8</v>
       </c>
+      <c r="F202" t="str">
+        <v>6</v>
+      </c>
+      <c r="G202" t="str">
+        <v>200</v>
+      </c>
+      <c r="H202" t="str">
+        <v>400</v>
+      </c>
+      <c r="I202" t="str">
+        <v>93</v>
+      </c>
+      <c r="J202" t="str">
+        <v>70</v>
+      </c>
+      <c r="K202" t="str">
+        <v>5000</v>
+      </c>
+      <c r="L202" t="str">
+        <v>44</v>
+      </c>
+      <c r="M202" t="str">
+        <v>1,7</v>
+      </c>
+      <c r="N202" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="O202" t="str">
+        <v>Glass Fibre</v>
+      </c>
+      <c r="P202" t="str">
+        <v>12</v>
+      </c>
+      <c r="Q202" t="str">
+        <v>0,49</v>
+      </c>
+      <c r="R202" t="str">
+        <v>6</v>
+      </c>
+      <c r="S202" t="str">
+        <v>0,24</v>
+      </c>
+      <c r="T202" t="str">
+        <v>1,25</v>
+      </c>
+      <c r="U202" t="str">
+        <v>WP Waterproof Front Side</v>
+      </c>
+      <c r="V202" t="str">
+        <v>71</v>
+      </c>
+      <c r="W202" t="str">
+        <v>5,3</v>
+      </c>
+      <c r="X202" t="str">
+        <v>0,34</v>
+      </c>
+      <c r="Y202" t="str">
+        <v>12,5</v>
+      </c>
+      <c r="Z202" t="str">
+        <v>0,33</v>
+      </c>
+      <c r="AA202" t="str">
+        <v>7</v>
+      </c>
+      <c r="AB202" t="str">
+        <v>0,25</v>
+      </c>
+      <c r="AC202" t="str">
+        <v>132</v>
+      </c>
+      <c r="AD202" t="str">
+        <v>20,46</v>
+      </c>
+      <c r="AE202" t="str">
+        <v>0,7</v>
+      </c>
+      <c r="AF202" t="str">
+        <v>4,5</v>
+      </c>
+      <c r="AG202" t="str">
+        <v>6</v>
+      </c>
+      <c r="AH202" t="str">
+        <v>18</v>
+      </c>
+      <c r="AI202" t="str">
+        <v>11</v>
+      </c>
+      <c r="AJ202" t="str">
+        <v>0,7</v>
+      </c>
+      <c r="AK202" t="str">
+        <v>209</v>
+      </c>
+      <c r="AL202" t="str">
+        <v>Roll</v>
+      </c>
+      <c r="AM202" t="str">
+        <v>Radial</v>
+      </c>
+      <c r="AN202" t="str">
+        <v>Ferrite</v>
+      </c>
+      <c r="AO202" t="str">
+        <v>Single</v>
+      </c>
+      <c r="AP202" t="str">
+        <v>Straight Pole</v>
+      </c>
+      <c r="AQ202" t="str">
+        <v>187</v>
+      </c>
+      <c r="AR202" t="str">
+        <v>7,36</v>
+      </c>
+      <c r="AS202" t="str">
+        <v>172</v>
+      </c>
+      <c r="AT202" t="str">
+        <v>6,77</v>
+      </c>
+      <c r="AU202" t="str">
+        <v>145</v>
+      </c>
+      <c r="AV202" t="str">
+        <v>5,71</v>
+      </c>
+      <c r="AW202" t="str">
+        <v>88</v>
+      </c>
+      <c r="AX202" t="str">
+        <v>3,46</v>
+      </c>
+      <c r="AY202" t="str">
+        <v>13</v>
+      </c>
+      <c r="AZ202" t="str">
+        <v>0,51</v>
+      </c>
+      <c r="BA202" t="str">
+        <v>0,9</v>
+      </c>
+      <c r="BB202" t="str">
+        <v>0,03</v>
+      </c>
+      <c r="BC202" t="str">
+        <v>2,35</v>
+      </c>
+      <c r="BD202" t="str">
+        <v>5,18</v>
+      </c>
+      <c r="BE202" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF202" t="str">
+        <v>2,55</v>
+      </c>
+      <c r="BG202" t="str">
+        <v>5,62</v>
+      </c>
+      <c r="BH202" t="str">
+        <v>210x210x125</v>
+      </c>
+      <c r="BI202" t="str">
+        <v>8.27x8.27x4.92</v>
+      </c>
       <c r="BJ202" t="str">
-        <v>RCK06XT138</v>
+        <v>RCK06PS448</v>
+      </c>
+      <c r="BK202" t="str">
+        <v>9</v>
+      </c>
+      <c r="BL202" t="str">
+        <v>0,32</v>
+      </c>
+      <c r="BM202" t="str">
+        <v>70</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="str">
-        <v>8BG51</v>
+        <v>6XT13</v>
       </c>
       <c r="B203">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>6.5</v>
       </c>
       <c r="E203" t="str">
         <v>8</v>
       </c>
-      <c r="F203" t="str">
-[...166 lines deleted...]
-      </c>
       <c r="BJ203" t="str">
-        <v>RCK008BG518</v>
-[...8 lines deleted...]
-        <v>49</v>
+        <v>RCK06XT138</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="str">
-        <v>8CL51</v>
+        <v>8BG51</v>
       </c>
       <c r="B204">
         <v>8</v>
       </c>
       <c r="C204" t="str">
         <v>200</v>
       </c>
       <c r="D204" t="str">
         <v>8</v>
       </c>
       <c r="E204" t="str">
         <v>8</v>
       </c>
       <c r="F204" t="str">
-        <v>6,3</v>
+        <v>6</v>
       </c>
       <c r="G204" t="str">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H204" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I204" t="str">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J204" t="str">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="K204" t="str">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="L204" t="str">
         <v>51</v>
       </c>
       <c r="M204" t="str">
         <v>2</v>
       </c>
       <c r="N204" t="str">
         <v>Copper</v>
       </c>
       <c r="O204" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P204" t="str">
         <v>17</v>
       </c>
       <c r="Q204" t="str">
-        <v>0,67</v>
+        <v>0,65</v>
       </c>
       <c r="R204" t="str">
         <v>8</v>
       </c>
       <c r="S204" t="str">
         <v>0,31</v>
       </c>
       <c r="T204" t="str">
         <v>1,15</v>
       </c>
       <c r="U204" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V204" t="str">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="W204" t="str">
         <v>5,1</v>
       </c>
       <c r="X204" t="str">
-        <v>0,44</v>
+        <v>0,42</v>
       </c>
       <c r="Y204" t="str">
-        <v>5,6</v>
+        <v>12,3</v>
       </c>
       <c r="Z204" t="str">
-        <v>0,41</v>
+        <v>0,4</v>
       </c>
       <c r="AA204" t="str">
-        <v>12,5</v>
+        <v>18</v>
       </c>
       <c r="AB204" t="str">
-        <v>0,44</v>
+        <v>0,63</v>
       </c>
       <c r="AC204" t="str">
         <v>220</v>
       </c>
       <c r="AD204" t="str">
         <v>34,1</v>
       </c>
       <c r="AE204" t="str">
-        <v>0,9</v>
+        <v>0,6</v>
       </c>
       <c r="AF204" t="str">
         <v>6,5</v>
       </c>
       <c r="AG204" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AH204" t="str">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="AI204" t="str">
-        <v>12</v>
+        <v>11,8</v>
       </c>
       <c r="AJ204" t="str">
         <v>0,5</v>
       </c>
       <c r="AK204" t="str">
-        <v>157</v>
+        <v>124</v>
       </c>
       <c r="AL204" t="str">
-        <v>Double Roll</v>
+        <v>Roll</v>
       </c>
       <c r="AM204" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN204" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO204" t="str">
         <v>Single</v>
       </c>
       <c r="AP204" t="str">
-        <v>Straight Pole</v>
+        <v>T-Pole</v>
       </c>
       <c r="AQ204" t="str">
-        <v>209</v>
+        <v>225</v>
       </c>
       <c r="AR204" t="str">
-        <v>8,23</v>
+        <v>8,8</v>
       </c>
       <c r="AS204" t="str">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="AT204" t="str">
-        <v>7,83</v>
+        <v>8,3</v>
       </c>
       <c r="AU204" t="str">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AV204" t="str">
-        <v>7,32</v>
+        <v>7,4</v>
       </c>
       <c r="AW204" t="str">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="AX204" t="str">
-        <v>3,78</v>
+        <v>3,5</v>
       </c>
       <c r="AY204" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AZ204" t="str">
-        <v>0,35</v>
+        <v>0,43</v>
       </c>
       <c r="BA204" t="str">
         <v>1,1</v>
       </c>
       <c r="BB204" t="str">
         <v>0,04</v>
       </c>
       <c r="BC204" t="str">
-        <v>1,25</v>
+        <v>1,85</v>
       </c>
       <c r="BD204" t="str">
-        <v>2,76</v>
+        <v>4,08</v>
       </c>
       <c r="BE204" t="str">
         <v>1</v>
       </c>
       <c r="BF204" t="str">
-        <v>1,7</v>
+        <v>2,3</v>
       </c>
       <c r="BG204" t="str">
-        <v>3,75</v>
+        <v>5,07</v>
       </c>
       <c r="BH204" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI204" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ204" t="str">
-        <v>RCK008CL518</v>
+        <v>RCK008BG518</v>
       </c>
       <c r="BK204" t="str">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="BL204" t="str">
-        <v>0,6</v>
+        <v>0,67</v>
       </c>
       <c r="BM204" t="str">
-        <v>63</v>
+        <v>49</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="str">
         <v>8CL51</v>
       </c>
       <c r="B205">
         <v>8</v>
       </c>
       <c r="C205" t="str">
         <v>200</v>
       </c>
       <c r="D205" t="str">
         <v>8</v>
       </c>
       <c r="E205" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F205" t="str">
-        <v>12,2</v>
+        <v>6,3</v>
       </c>
       <c r="G205" t="str">
         <v>200</v>
       </c>
       <c r="H205" t="str">
         <v>400</v>
       </c>
       <c r="I205" t="str">
         <v>94</v>
       </c>
       <c r="J205" t="str">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="K205" t="str">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="L205" t="str">
         <v>51</v>
       </c>
       <c r="M205" t="str">
         <v>2</v>
       </c>
       <c r="N205" t="str">
         <v>Copper</v>
       </c>
       <c r="O205" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P205" t="str">
         <v>17</v>
       </c>
       <c r="Q205" t="str">
-        <v>0,65</v>
+        <v>0,67</v>
       </c>
       <c r="R205" t="str">
         <v>8</v>
       </c>
       <c r="S205" t="str">
         <v>0,31</v>
       </c>
       <c r="T205" t="str">
         <v>1,15</v>
       </c>
       <c r="U205" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V205" t="str">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="W205" t="str">
-        <v>10,1</v>
+        <v>5,1</v>
       </c>
       <c r="X205" t="str">
-        <v>0,54</v>
+        <v>0,44</v>
       </c>
       <c r="Y205" t="str">
-        <v>8,9</v>
+        <v>5,6</v>
       </c>
       <c r="Z205" t="str">
-        <v>0,51</v>
+        <v>0,41</v>
       </c>
       <c r="AA205" t="str">
-        <v>9,5</v>
+        <v>12,5</v>
       </c>
       <c r="AB205" t="str">
-        <v>0,34</v>
+        <v>0,44</v>
       </c>
       <c r="AC205" t="str">
         <v>220</v>
       </c>
       <c r="AD205" t="str">
         <v>34,1</v>
       </c>
       <c r="AE205" t="str">
-        <v>1</v>
+        <v>0,9</v>
       </c>
       <c r="AF205" t="str">
+        <v>6,5</v>
+      </c>
+      <c r="AG205" t="str">
         <v>6</v>
       </c>
-      <c r="AG205" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="AH205" t="str">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="AI205" t="str">
-        <v>16,1</v>
+        <v>12</v>
       </c>
       <c r="AJ205" t="str">
-        <v>0,9</v>
+        <v>0,5</v>
       </c>
       <c r="AK205" t="str">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="AL205" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM205" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN205" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO205" t="str">
         <v>Single</v>
       </c>
       <c r="AP205" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ205" t="str">
         <v>209</v>
       </c>
       <c r="AR205" t="str">
         <v>8,23</v>
       </c>
       <c r="AS205" t="str">
         <v>199</v>
       </c>
@@ -34806,743 +34806,743 @@
       <c r="BB205" t="str">
         <v>0,04</v>
       </c>
       <c r="BC205" t="str">
         <v>1,25</v>
       </c>
       <c r="BD205" t="str">
         <v>2,76</v>
       </c>
       <c r="BE205" t="str">
         <v>1</v>
       </c>
       <c r="BF205" t="str">
         <v>1,7</v>
       </c>
       <c r="BG205" t="str">
         <v>3,75</v>
       </c>
       <c r="BH205" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI205" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ205" t="str">
-        <v>RCK008CL5116</v>
+        <v>RCK008CL518</v>
       </c>
       <c r="BK205" t="str">
         <v>17</v>
       </c>
       <c r="BL205" t="str">
         <v>0,6</v>
       </c>
       <c r="BM205" t="str">
         <v>63</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="str">
-        <v>8CLA64</v>
+        <v>8CL51</v>
       </c>
       <c r="B206">
         <v>8</v>
       </c>
       <c r="C206" t="str">
         <v>200</v>
       </c>
       <c r="D206" t="str">
         <v>8</v>
       </c>
       <c r="E206" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F206" t="str">
-        <v>6,5</v>
+        <v>12,2</v>
       </c>
       <c r="G206" t="str">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="H206" t="str">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I206" t="str">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J206" t="str">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="K206" t="str">
         <v>4000</v>
       </c>
       <c r="L206" t="str">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="M206" t="str">
-        <v>2,5</v>
+        <v>2</v>
       </c>
       <c r="N206" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="O206" t="str">
-        <v>SV Kraft</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P206" t="str">
-        <v>14,5</v>
+        <v>17</v>
       </c>
       <c r="Q206" t="str">
-        <v>0,57</v>
+        <v>0,65</v>
       </c>
       <c r="R206" t="str">
         <v>8</v>
       </c>
       <c r="S206" t="str">
         <v>0,31</v>
       </c>
       <c r="T206" t="str">
-        <v>1,2</v>
+        <v>1,15</v>
       </c>
       <c r="U206" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V206" t="str">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="W206" t="str">
-        <v>5,6</v>
+        <v>10,1</v>
       </c>
       <c r="X206" t="str">
-        <v>0,25</v>
+        <v>0,54</v>
       </c>
       <c r="Y206" t="str">
-        <v>7,3</v>
+        <v>8,9</v>
       </c>
       <c r="Z206" t="str">
-        <v>0,24</v>
+        <v>0,51</v>
       </c>
       <c r="AA206" t="str">
-        <v>12,5</v>
+        <v>9,5</v>
       </c>
       <c r="AB206" t="str">
-        <v>0,44</v>
+        <v>0,34</v>
       </c>
       <c r="AC206" t="str">
         <v>220</v>
       </c>
       <c r="AD206" t="str">
         <v>34,1</v>
       </c>
       <c r="AE206" t="str">
-        <v>1,8</v>
+        <v>1</v>
       </c>
       <c r="AF206" t="str">
-        <v>5,3</v>
+        <v>6</v>
       </c>
       <c r="AG206" t="str">
-        <v>6,6</v>
+        <v>4,5</v>
       </c>
       <c r="AH206" t="str">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AI206" t="str">
-        <v>16,4</v>
+        <v>16,1</v>
       </c>
       <c r="AJ206" t="str">
-        <v>1</v>
+        <v>0,9</v>
       </c>
       <c r="AK206" t="str">
-        <v>284</v>
+        <v>154</v>
       </c>
       <c r="AL206" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM206" t="str">
-        <v>Curvilinear</v>
+        <v>Exponential</v>
       </c>
       <c r="AN206" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO206" t="str">
         <v>Single</v>
       </c>
       <c r="AP206" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ206" t="str">
         <v>209</v>
       </c>
       <c r="AR206" t="str">
         <v>8,23</v>
       </c>
       <c r="AS206" t="str">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AT206" t="str">
-        <v>7,8</v>
+        <v>7,83</v>
       </c>
       <c r="AU206" t="str">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AV206" t="str">
-        <v>7,3</v>
+        <v>7,32</v>
       </c>
       <c r="AW206" t="str">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AX206" t="str">
-        <v>3,74</v>
+        <v>3,78</v>
       </c>
       <c r="AY206" t="str">
         <v>9</v>
       </c>
       <c r="AZ206" t="str">
         <v>0,35</v>
       </c>
       <c r="BA206" t="str">
         <v>1,1</v>
       </c>
       <c r="BB206" t="str">
         <v>0,04</v>
       </c>
       <c r="BC206" t="str">
+        <v>1,25</v>
+      </c>
+      <c r="BD206" t="str">
+        <v>2,76</v>
+      </c>
+      <c r="BE206" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF206" t="str">
         <v>1,7</v>
       </c>
-      <c r="BD206" t="str">
+      <c r="BG206" t="str">
         <v>3,75</v>
       </c>
+      <c r="BH206" t="str">
+        <v>255x255x150</v>
+      </c>
+      <c r="BI206" t="str">
+        <v>10.04x10.04x5.91</v>
+      </c>
       <c r="BJ206" t="str">
-        <v>RCK008CLA648</v>
-[...2 lines deleted...]
-        <v>Vented Box</v>
+        <v>RCK008CL5116</v>
+      </c>
+      <c r="BK206" t="str">
+        <v>17</v>
+      </c>
+      <c r="BL206" t="str">
+        <v>0,6</v>
+      </c>
+      <c r="BM206" t="str">
+        <v>63</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="str">
-        <v>8FG51</v>
+        <v>8CLA64</v>
       </c>
       <c r="B207">
         <v>8</v>
       </c>
       <c r="C207" t="str">
         <v>200</v>
       </c>
       <c r="D207" t="str">
         <v>8</v>
       </c>
       <c r="E207" t="str">
         <v>8</v>
       </c>
       <c r="F207" t="str">
         <v>6,5</v>
       </c>
       <c r="G207" t="str">
         <v>250</v>
       </c>
       <c r="H207" t="str">
         <v>500</v>
       </c>
       <c r="I207" t="str">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J207" t="str">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="K207" t="str">
         <v>4000</v>
       </c>
       <c r="L207" t="str">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="M207" t="str">
-        <v>2</v>
+        <v>2,5</v>
       </c>
       <c r="N207" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O207" t="str">
-        <v>Glass Fibre</v>
+        <v>SV Kraft</v>
       </c>
       <c r="P207" t="str">
-        <v>17</v>
+        <v>14,5</v>
       </c>
       <c r="Q207" t="str">
-        <v>0,65</v>
+        <v>0,57</v>
       </c>
       <c r="R207" t="str">
         <v>8</v>
       </c>
       <c r="S207" t="str">
         <v>0,31</v>
       </c>
       <c r="T207" t="str">
-        <v>1,15</v>
+        <v>1,2</v>
       </c>
       <c r="U207" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V207" t="str">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="W207" t="str">
-        <v>5,1</v>
+        <v>5,6</v>
       </c>
       <c r="X207" t="str">
-        <v>0,34</v>
+        <v>0,25</v>
       </c>
       <c r="Y207" t="str">
-        <v>9</v>
+        <v>7,3</v>
       </c>
       <c r="Z207" t="str">
-        <v>0,32</v>
+        <v>0,24</v>
       </c>
       <c r="AA207" t="str">
-        <v>20</v>
+        <v>12,5</v>
       </c>
       <c r="AB207" t="str">
-        <v>0,71</v>
+        <v>0,44</v>
       </c>
       <c r="AC207" t="str">
         <v>220</v>
       </c>
       <c r="AD207" t="str">
         <v>34,1</v>
       </c>
       <c r="AE207" t="str">
-        <v>0,7</v>
+        <v>1,8</v>
       </c>
       <c r="AF207" t="str">
-        <v>6,5</v>
+        <v>5,3</v>
       </c>
       <c r="AG207" t="str">
-        <v>8</v>
+        <v>6,6</v>
       </c>
       <c r="AH207" t="str">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="AI207" t="str">
-        <v>12,9</v>
+        <v>16,4</v>
       </c>
       <c r="AJ207" t="str">
-        <v>0,5</v>
+        <v>1</v>
       </c>
       <c r="AK207" t="str">
-        <v>144</v>
+        <v>284</v>
       </c>
       <c r="AL207" t="str">
-        <v>Roll</v>
+        <v>Double Roll</v>
       </c>
       <c r="AM207" t="str">
-        <v>Exponential</v>
+        <v>Curvilinear</v>
       </c>
       <c r="AN207" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO207" t="str">
         <v>Single</v>
       </c>
       <c r="AP207" t="str">
-        <v>T-Pole</v>
+        <v>Straight Pole</v>
       </c>
       <c r="AQ207" t="str">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="AR207" t="str">
-        <v>8,8</v>
+        <v>8,23</v>
       </c>
       <c r="AS207" t="str">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="AT207" t="str">
-        <v>8,3</v>
+        <v>7,8</v>
       </c>
       <c r="AU207" t="str">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="AV207" t="str">
-        <v>7,4</v>
+        <v>7,3</v>
       </c>
       <c r="AW207" t="str">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AX207" t="str">
-        <v>3,7</v>
+        <v>3,74</v>
       </c>
       <c r="AY207" t="str">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AZ207" t="str">
-        <v>0,43</v>
+        <v>0,35</v>
       </c>
       <c r="BA207" t="str">
-        <v>1,5</v>
+        <v>1,1</v>
       </c>
       <c r="BB207" t="str">
-        <v>0,05</v>
+        <v>0,04</v>
       </c>
       <c r="BC207" t="str">
-        <v>3,4</v>
+        <v>1,7</v>
       </c>
       <c r="BD207" t="str">
-        <v>7,5</v>
-[...14 lines deleted...]
-        <v>10.04x10.04x5.91</v>
+        <v>3,75</v>
       </c>
       <c r="BJ207" t="str">
-        <v>RCK008FG518</v>
-[...8 lines deleted...]
-        <v>52</v>
+        <v>RCK008CLA648</v>
+      </c>
+      <c r="BN207" t="str">
+        <v>Vented Box</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="str">
-        <v>8FG64</v>
+        <v>8FG51</v>
       </c>
       <c r="B208">
         <v>8</v>
       </c>
       <c r="C208" t="str">
         <v>200</v>
       </c>
       <c r="D208" t="str">
         <v>8</v>
       </c>
       <c r="E208" t="str">
         <v>8</v>
       </c>
       <c r="F208" t="str">
-        <v>6,7</v>
+        <v>6,5</v>
       </c>
       <c r="G208" t="str">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="H208" t="str">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I208" t="str">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J208" t="str">
         <v>50</v>
       </c>
       <c r="K208" t="str">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="L208" t="str">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="M208" t="str">
-        <v>2,5</v>
+        <v>2</v>
       </c>
       <c r="N208" t="str">
         <v>Copper</v>
       </c>
       <c r="O208" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P208" t="str">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="Q208" t="str">
-        <v>0,75</v>
+        <v>0,65</v>
       </c>
       <c r="R208" t="str">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="S208" t="str">
-        <v>0,39</v>
+        <v>0,31</v>
       </c>
       <c r="T208" t="str">
-        <v>0,9</v>
+        <v>1,15</v>
       </c>
       <c r="U208" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V208" t="str">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="W208" t="str">
-        <v>5,8</v>
+        <v>5,1</v>
       </c>
       <c r="X208" t="str">
+        <v>0,34</v>
+      </c>
+      <c r="Y208" t="str">
+        <v>9</v>
+      </c>
+      <c r="Z208" t="str">
         <v>0,32</v>
       </c>
-      <c r="Y208" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="AA208" t="str">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AB208" t="str">
-        <v>0,53</v>
+        <v>0,71</v>
       </c>
       <c r="AC208" t="str">
         <v>220</v>
       </c>
       <c r="AD208" t="str">
         <v>34,1</v>
       </c>
       <c r="AE208" t="str">
         <v>0,7</v>
       </c>
       <c r="AF208" t="str">
-        <v>7</v>
+        <v>6,5</v>
       </c>
       <c r="AG208" t="str">
         <v>8</v>
       </c>
       <c r="AH208" t="str">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="AI208" t="str">
-        <v>15,8</v>
+        <v>12,9</v>
       </c>
       <c r="AJ208" t="str">
-        <v>1,7</v>
+        <v>0,5</v>
       </c>
       <c r="AK208" t="str">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="AL208" t="str">
         <v>Roll</v>
       </c>
       <c r="AM208" t="str">
-        <v>Radial</v>
+        <v>Exponential</v>
       </c>
       <c r="AN208" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO208" t="str">
         <v>Single</v>
       </c>
       <c r="AP208" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ208" t="str">
         <v>225</v>
       </c>
       <c r="AR208" t="str">
-        <v>8,86</v>
+        <v>8,8</v>
       </c>
       <c r="AS208" t="str">
         <v>210</v>
       </c>
       <c r="AT208" t="str">
         <v>8,3</v>
       </c>
       <c r="AU208" t="str">
         <v>187</v>
       </c>
       <c r="AV208" t="str">
         <v>7,4</v>
       </c>
       <c r="AW208" t="str">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="AX208" t="str">
-        <v>3,94</v>
+        <v>3,7</v>
       </c>
       <c r="AY208" t="str">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AZ208" t="str">
-        <v>0,37</v>
+        <v>0,43</v>
       </c>
       <c r="BA208" t="str">
         <v>1,5</v>
       </c>
       <c r="BB208" t="str">
         <v>0,05</v>
       </c>
       <c r="BC208" t="str">
-        <v>4</v>
+        <v>3,4</v>
       </c>
       <c r="BD208" t="str">
-        <v>8,82</v>
+        <v>7,5</v>
       </c>
       <c r="BE208" t="str">
         <v>1</v>
       </c>
       <c r="BF208" t="str">
-        <v>4,45</v>
+        <v>3,85</v>
       </c>
       <c r="BG208" t="str">
-        <v>9,81</v>
+        <v>8,49</v>
       </c>
       <c r="BH208" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI208" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ208" t="str">
-        <v>RCK008FG648</v>
+        <v>RCK008FG518</v>
       </c>
       <c r="BK208" t="str">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="BL208" t="str">
-        <v>0,57</v>
+        <v>0,6</v>
       </c>
       <c r="BM208" t="str">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="str">
         <v>8FG64</v>
       </c>
       <c r="B209">
         <v>8</v>
       </c>
       <c r="C209" t="str">
         <v>200</v>
       </c>
       <c r="D209" t="str">
         <v>8</v>
       </c>
       <c r="E209" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F209" t="str">
-        <v>13,5</v>
+        <v>6,7</v>
       </c>
       <c r="G209" t="str">
         <v>300</v>
       </c>
       <c r="H209" t="str">
         <v>600</v>
       </c>
       <c r="I209" t="str">
         <v>92</v>
       </c>
       <c r="J209" t="str">
         <v>50</v>
       </c>
       <c r="K209" t="str">
         <v>3000</v>
       </c>
       <c r="L209" t="str">
         <v>64</v>
       </c>
       <c r="M209" t="str">
         <v>2,5</v>
       </c>
       <c r="N209" t="str">
         <v>Copper</v>
       </c>
       <c r="O209" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P209" t="str">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Q209" t="str">
-        <v>0,79</v>
+        <v>0,75</v>
       </c>
       <c r="R209" t="str">
         <v>10</v>
       </c>
       <c r="S209" t="str">
         <v>0,39</v>
       </c>
       <c r="T209" t="str">
         <v>0,9</v>
       </c>
       <c r="U209" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V209" t="str">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="W209" t="str">
-        <v>11,9</v>
+        <v>5,8</v>
       </c>
       <c r="X209" t="str">
-        <v>0,37</v>
+        <v>0,32</v>
       </c>
       <c r="Y209" t="str">
-        <v>9,33</v>
+        <v>10,1</v>
       </c>
       <c r="Z209" t="str">
-        <v>0,35</v>
+        <v>0,31</v>
       </c>
       <c r="AA209" t="str">
-        <v>16,9</v>
+        <v>15</v>
       </c>
       <c r="AB209" t="str">
-        <v>0,6</v>
+        <v>0,53</v>
       </c>
       <c r="AC209" t="str">
         <v>220</v>
       </c>
       <c r="AD209" t="str">
         <v>34,1</v>
       </c>
       <c r="AE209" t="str">
-        <v>0,67</v>
+        <v>0,7</v>
       </c>
       <c r="AF209" t="str">
-        <v>7,5</v>
+        <v>7</v>
       </c>
       <c r="AG209" t="str">
-        <v>9,5</v>
+        <v>8</v>
       </c>
       <c r="AH209" t="str">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="AI209" t="str">
-        <v>16,8</v>
+        <v>15,8</v>
       </c>
       <c r="AJ209" t="str">
-        <v>2,9</v>
+        <v>1,7</v>
       </c>
       <c r="AK209" t="str">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="AL209" t="str">
         <v>Roll</v>
       </c>
       <c r="AM209" t="str">
         <v>Radial</v>
       </c>
       <c r="AN209" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO209" t="str">
         <v>Single</v>
       </c>
       <c r="AP209" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ209" t="str">
         <v>225</v>
       </c>
       <c r="AR209" t="str">
         <v>8,86</v>
       </c>
       <c r="AS209" t="str">
         <v>210</v>
       </c>
@@ -35573,961 +35573,961 @@
       <c r="BB209" t="str">
         <v>0,05</v>
       </c>
       <c r="BC209" t="str">
         <v>4</v>
       </c>
       <c r="BD209" t="str">
         <v>8,82</v>
       </c>
       <c r="BE209" t="str">
         <v>1</v>
       </c>
       <c r="BF209" t="str">
         <v>4,45</v>
       </c>
       <c r="BG209" t="str">
         <v>9,81</v>
       </c>
       <c r="BH209" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI209" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ209" t="str">
-        <v>RCK008FG6416</v>
+        <v>RCK008FG648</v>
       </c>
       <c r="BK209" t="str">
         <v>16</v>
       </c>
       <c r="BL209" t="str">
         <v>0,57</v>
       </c>
       <c r="BM209" t="str">
         <v>50</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="str">
-        <v>8FMB51</v>
+        <v>8FG64</v>
       </c>
       <c r="B210">
         <v>8</v>
       </c>
       <c r="C210" t="str">
         <v>200</v>
       </c>
       <c r="D210" t="str">
         <v>8</v>
       </c>
       <c r="E210" t="str">
         <v>16</v>
       </c>
       <c r="F210" t="str">
-        <v>11</v>
+        <v>13,5</v>
       </c>
       <c r="G210" t="str">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="H210" t="str">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I210" t="str">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="J210" t="str">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K210" t="str">
-        <v>4500</v>
+        <v>3000</v>
       </c>
       <c r="L210" t="str">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="M210" t="str">
-        <v>2</v>
+        <v>2,5</v>
       </c>
       <c r="N210" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="O210" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P210" t="str">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="Q210" t="str">
-        <v>0,59</v>
+        <v>0,79</v>
       </c>
       <c r="R210" t="str">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="S210" t="str">
-        <v>0,31</v>
+        <v>0,39</v>
       </c>
       <c r="T210" t="str">
-        <v>1,19</v>
+        <v>0,9</v>
       </c>
       <c r="U210" t="str">
-        <v>Waterproof Impregnated Cone</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="V210" t="str">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="W210" t="str">
-        <v>9,8</v>
+        <v>11,9</v>
       </c>
       <c r="X210" t="str">
-        <v>0,43</v>
+        <v>0,37</v>
       </c>
       <c r="Y210" t="str">
-        <v>4,1</v>
+        <v>9,33</v>
       </c>
       <c r="Z210" t="str">
-        <v>0,39</v>
+        <v>0,35</v>
       </c>
       <c r="AA210" t="str">
-        <v>20,5</v>
+        <v>16,9</v>
       </c>
       <c r="AB210" t="str">
-        <v>0,72</v>
+        <v>0,6</v>
       </c>
       <c r="AC210" t="str">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="AD210" t="str">
-        <v>35,19</v>
+        <v>34,1</v>
       </c>
       <c r="AE210" t="str">
-        <v>1,4</v>
+        <v>0,67</v>
       </c>
       <c r="AF210" t="str">
-        <v>5,5</v>
+        <v>7,5</v>
       </c>
       <c r="AG210" t="str">
-        <v>5</v>
+        <v>9,5</v>
       </c>
       <c r="AH210" t="str">
-        <v>19,7</v>
+        <v>36</v>
       </c>
       <c r="AI210" t="str">
-        <v>13,73</v>
+        <v>16,8</v>
       </c>
       <c r="AJ210" t="str">
-        <v>0,83</v>
+        <v>2,9</v>
       </c>
       <c r="AK210" t="str">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="AL210" t="str">
-        <v>Triple Roll</v>
+        <v>Roll</v>
       </c>
       <c r="AM210" t="str">
-        <v>Curvilinear</v>
+        <v>Radial</v>
       </c>
       <c r="AN210" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO210" t="str">
         <v>Single</v>
       </c>
       <c r="AP210" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ210" t="str">
         <v>225</v>
       </c>
       <c r="AR210" t="str">
         <v>8,86</v>
       </c>
       <c r="AS210" t="str">
         <v>210</v>
       </c>
       <c r="AT210" t="str">
-        <v>8,27</v>
+        <v>8,3</v>
       </c>
       <c r="AU210" t="str">
         <v>187</v>
       </c>
       <c r="AV210" t="str">
-        <v>7,36</v>
+        <v>7,4</v>
       </c>
       <c r="AW210" t="str">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="AX210" t="str">
-        <v>3,62</v>
+        <v>3,94</v>
       </c>
       <c r="AY210" t="str">
         <v>9</v>
       </c>
       <c r="AZ210" t="str">
-        <v>0,35</v>
+        <v>0,37</v>
       </c>
       <c r="BA210" t="str">
-        <v>1,1</v>
+        <v>1,5</v>
       </c>
       <c r="BB210" t="str">
-        <v>0,04</v>
+        <v>0,05</v>
       </c>
       <c r="BC210" t="str">
-        <v>3,4</v>
+        <v>4</v>
       </c>
       <c r="BD210" t="str">
-        <v>7,5</v>
+        <v>8,82</v>
       </c>
       <c r="BE210" t="str">
         <v>1</v>
       </c>
       <c r="BF210" t="str">
-        <v>3,85</v>
+        <v>4,45</v>
       </c>
       <c r="BG210" t="str">
-        <v>8,49</v>
+        <v>9,81</v>
       </c>
       <c r="BH210" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI210" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ210" t="str">
-        <v>RCK008FMB5116</v>
+        <v>RCK008FG6416</v>
       </c>
       <c r="BK210" t="str">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="BL210" t="str">
-        <v>0,49</v>
+        <v>0,57</v>
       </c>
       <c r="BM210" t="str">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="str">
         <v>8FMB51</v>
       </c>
       <c r="B211">
         <v>8</v>
       </c>
       <c r="C211" t="str">
         <v>200</v>
       </c>
       <c r="D211" t="str">
         <v>8</v>
       </c>
       <c r="E211" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F211" t="str">
-        <v>5,5</v>
+        <v>11</v>
       </c>
       <c r="G211" t="str">
         <v>250</v>
       </c>
       <c r="H211" t="str">
         <v>500</v>
       </c>
       <c r="I211" t="str">
-        <v>96,5</v>
+        <v>96</v>
       </c>
       <c r="J211" t="str">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K211" t="str">
         <v>4500</v>
       </c>
       <c r="L211" t="str">
         <v>51</v>
       </c>
       <c r="M211" t="str">
         <v>2</v>
       </c>
       <c r="N211" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O211" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P211" t="str">
         <v>15</v>
       </c>
       <c r="Q211" t="str">
         <v>0,59</v>
       </c>
       <c r="R211" t="str">
         <v>8</v>
       </c>
       <c r="S211" t="str">
         <v>0,31</v>
       </c>
       <c r="T211" t="str">
         <v>1,19</v>
       </c>
       <c r="U211" t="str">
         <v>Waterproof Impregnated Cone</v>
       </c>
       <c r="V211" t="str">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="W211" t="str">
-        <v>4,7</v>
+        <v>9,8</v>
       </c>
       <c r="X211" t="str">
-        <v>0,31</v>
+        <v>0,43</v>
       </c>
       <c r="Y211" t="str">
-        <v>3,07</v>
+        <v>4,1</v>
       </c>
       <c r="Z211" t="str">
-        <v>0,28</v>
+        <v>0,39</v>
       </c>
       <c r="AA211" t="str">
-        <v>20,7</v>
+        <v>20,5</v>
       </c>
       <c r="AB211" t="str">
-        <v>0,73</v>
+        <v>0,72</v>
       </c>
       <c r="AC211" t="str">
         <v>227</v>
       </c>
       <c r="AD211" t="str">
         <v>35,19</v>
       </c>
       <c r="AE211" t="str">
-        <v>1,91</v>
+        <v>1,4</v>
       </c>
       <c r="AF211" t="str">
         <v>5,5</v>
       </c>
       <c r="AG211" t="str">
         <v>5</v>
       </c>
       <c r="AH211" t="str">
-        <v>20,2</v>
+        <v>19,7</v>
       </c>
       <c r="AI211" t="str">
-        <v>11,3</v>
+        <v>13,73</v>
       </c>
       <c r="AJ211" t="str">
-        <v>0,48</v>
+        <v>0,83</v>
       </c>
       <c r="AK211" t="str">
-        <v>216</v>
+        <v>158</v>
       </c>
       <c r="AL211" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM211" t="str">
         <v>Curvilinear</v>
       </c>
       <c r="AN211" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO211" t="str">
         <v>Single</v>
       </c>
       <c r="AP211" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ211" t="str">
         <v>225</v>
       </c>
       <c r="AR211" t="str">
         <v>8,86</v>
       </c>
       <c r="AS211" t="str">
         <v>210</v>
       </c>
       <c r="AT211" t="str">
         <v>8,27</v>
       </c>
       <c r="AU211" t="str">
         <v>187</v>
       </c>
       <c r="AV211" t="str">
         <v>7,36</v>
       </c>
       <c r="AW211" t="str">
         <v>92</v>
       </c>
       <c r="AX211" t="str">
         <v>3,62</v>
       </c>
       <c r="AY211" t="str">
         <v>9</v>
       </c>
       <c r="AZ211" t="str">
         <v>0,35</v>
       </c>
       <c r="BA211" t="str">
-        <v>1,2</v>
+        <v>1,1</v>
       </c>
       <c r="BB211" t="str">
         <v>0,04</v>
       </c>
       <c r="BC211" t="str">
         <v>3,4</v>
       </c>
       <c r="BD211" t="str">
         <v>7,5</v>
       </c>
       <c r="BE211" t="str">
         <v>1</v>
       </c>
       <c r="BF211" t="str">
         <v>3,85</v>
       </c>
       <c r="BG211" t="str">
         <v>8,49</v>
       </c>
       <c r="BH211" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI211" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ211" t="str">
-        <v>RCK008FMB518</v>
+        <v>RCK008FMB5116</v>
       </c>
       <c r="BK211" t="str">
         <v>14</v>
       </c>
       <c r="BL211" t="str">
         <v>0,49</v>
       </c>
       <c r="BM211" t="str">
         <v>80</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="str">
-        <v>8FW51</v>
+        <v>8FMB51</v>
       </c>
       <c r="B212">
         <v>8</v>
       </c>
       <c r="C212" t="str">
         <v>200</v>
       </c>
       <c r="D212" t="str">
         <v>8</v>
       </c>
       <c r="E212" t="str">
         <v>8</v>
       </c>
       <c r="F212" t="str">
-        <v>7,4</v>
+        <v>5,5</v>
       </c>
       <c r="G212" t="str">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H212" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I212" t="str">
-        <v>97</v>
+        <v>96,5</v>
       </c>
       <c r="J212" t="str">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="K212" t="str">
-        <v>5000</v>
+        <v>4500</v>
       </c>
       <c r="L212" t="str">
         <v>51</v>
       </c>
       <c r="M212" t="str">
         <v>2</v>
       </c>
       <c r="N212" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O212" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P212" t="str">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="Q212" t="str">
-        <v>0,65</v>
+        <v>0,59</v>
       </c>
       <c r="R212" t="str">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="S212" t="str">
-        <v>0,4</v>
+        <v>0,31</v>
       </c>
       <c r="T212" t="str">
-        <v>1,35</v>
+        <v>1,19</v>
       </c>
       <c r="U212" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>Waterproof Impregnated Cone</v>
       </c>
       <c r="V212" t="str">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="W212" t="str">
-        <v>5,2</v>
+        <v>4,7</v>
       </c>
       <c r="X212" t="str">
-        <v>0,21</v>
+        <v>0,31</v>
       </c>
       <c r="Y212" t="str">
-        <v>9,3</v>
+        <v>3,07</v>
       </c>
       <c r="Z212" t="str">
-        <v>0,21</v>
+        <v>0,28</v>
       </c>
       <c r="AA212" t="str">
-        <v>12</v>
+        <v>20,7</v>
       </c>
       <c r="AB212" t="str">
-        <v>0,42</v>
+        <v>0,73</v>
       </c>
       <c r="AC212" t="str">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="AD212" t="str">
-        <v>34,1</v>
+        <v>35,19</v>
       </c>
       <c r="AE212" t="str">
-        <v>2,1</v>
+        <v>1,91</v>
       </c>
       <c r="AF212" t="str">
-        <v>6</v>
+        <v>5,5</v>
       </c>
       <c r="AG212" t="str">
         <v>5</v>
       </c>
       <c r="AH212" t="str">
-        <v>27</v>
+        <v>20,2</v>
       </c>
       <c r="AI212" t="str">
-        <v>17,7</v>
+        <v>11,3</v>
       </c>
       <c r="AJ212" t="str">
-        <v>0,56</v>
+        <v>0,48</v>
       </c>
       <c r="AK212" t="str">
-        <v>352</v>
+        <v>216</v>
       </c>
       <c r="AL212" t="str">
-        <v>Double Roll</v>
+        <v>Triple Roll</v>
       </c>
       <c r="AM212" t="str">
-        <v>Exponential</v>
+        <v>Curvilinear</v>
       </c>
       <c r="AN212" t="str">
         <v>Ferrite</v>
       </c>
       <c r="AO212" t="str">
         <v>Single</v>
       </c>
       <c r="AP212" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ212" t="str">
         <v>225</v>
       </c>
       <c r="AR212" t="str">
-        <v>8,8</v>
+        <v>8,86</v>
       </c>
       <c r="AS212" t="str">
         <v>210</v>
       </c>
       <c r="AT212" t="str">
-        <v>8,3</v>
+        <v>8,27</v>
       </c>
       <c r="AU212" t="str">
         <v>187</v>
       </c>
       <c r="AV212" t="str">
-        <v>7,4</v>
+        <v>7,36</v>
       </c>
       <c r="AW212" t="str">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="AX212" t="str">
-        <v>3,94</v>
+        <v>3,62</v>
       </c>
       <c r="AY212" t="str">
         <v>9</v>
       </c>
       <c r="AZ212" t="str">
         <v>0,35</v>
       </c>
       <c r="BA212" t="str">
-        <v>1,5</v>
+        <v>1,2</v>
       </c>
       <c r="BB212" t="str">
-        <v>0,05</v>
+        <v>0,04</v>
       </c>
       <c r="BC212" t="str">
-        <v>5,6</v>
+        <v>3,4</v>
       </c>
       <c r="BD212" t="str">
-        <v>12,35</v>
+        <v>7,5</v>
       </c>
       <c r="BE212" t="str">
         <v>1</v>
       </c>
       <c r="BF212" t="str">
-        <v>6,05</v>
+        <v>3,85</v>
       </c>
       <c r="BG212" t="str">
-        <v>13,34</v>
+        <v>8,49</v>
       </c>
       <c r="BH212" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI212" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ212" t="str">
-        <v>RCK008FW518</v>
+        <v>RCK008FMB518</v>
       </c>
       <c r="BK212" t="str">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="BL212" t="str">
-        <v>0,42</v>
+        <v>0,49</v>
       </c>
       <c r="BM212" t="str">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="str">
-        <v>8MBX51</v>
+        <v>8FW51</v>
       </c>
       <c r="B213">
         <v>8</v>
       </c>
       <c r="C213" t="str">
         <v>200</v>
       </c>
       <c r="D213" t="str">
         <v>8</v>
       </c>
       <c r="E213" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F213" t="str">
-        <v>11,2</v>
+        <v>7,4</v>
       </c>
       <c r="G213" t="str">
         <v>200</v>
       </c>
       <c r="H213" t="str">
         <v>400</v>
       </c>
       <c r="I213" t="str">
         <v>97</v>
       </c>
       <c r="J213" t="str">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="K213" t="str">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="L213" t="str">
         <v>51</v>
       </c>
       <c r="M213" t="str">
         <v>2</v>
       </c>
       <c r="N213" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="O213" t="str">
-        <v>Glass Fibre</v>
+        <v>Kapton</v>
       </c>
       <c r="P213" t="str">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="Q213" t="str">
-        <v>0,59</v>
+        <v>0,65</v>
       </c>
       <c r="R213" t="str">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="S213" t="str">
-        <v>0,28</v>
+        <v>0,4</v>
       </c>
       <c r="T213" t="str">
-        <v>1,3</v>
+        <v>1,35</v>
       </c>
       <c r="U213" t="str">
-        <v>Waterproof Impregnated Cone</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V213" t="str">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="W213" t="str">
-        <v>10,2</v>
+        <v>5,2</v>
       </c>
       <c r="X213" t="str">
-        <v>0,43</v>
+        <v>0,21</v>
       </c>
       <c r="Y213" t="str">
-        <v>3,3</v>
+        <v>9,3</v>
       </c>
       <c r="Z213" t="str">
-        <v>0,38</v>
+        <v>0,21</v>
       </c>
       <c r="AA213" t="str">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="AB213" t="str">
-        <v>0,78</v>
+        <v>0,42</v>
       </c>
       <c r="AC213" t="str">
         <v>220</v>
       </c>
       <c r="AD213" t="str">
         <v>34,1</v>
       </c>
       <c r="AE213" t="str">
-        <v>1,5</v>
+        <v>2,1</v>
       </c>
       <c r="AF213" t="str">
         <v>6</v>
       </c>
       <c r="AG213" t="str">
-        <v>5,5</v>
+        <v>5</v>
       </c>
       <c r="AH213" t="str">
-        <v>18,4</v>
+        <v>27</v>
       </c>
       <c r="AI213" t="str">
-        <v>13,7</v>
+        <v>17,7</v>
       </c>
       <c r="AJ213" t="str">
-        <v>0,65</v>
+        <v>0,56</v>
       </c>
       <c r="AK213" t="str">
-        <v>158</v>
+        <v>352</v>
       </c>
       <c r="AL213" t="str">
-        <v>Triple Roll</v>
+        <v>Double Roll</v>
       </c>
       <c r="AM213" t="str">
-        <v>Curvilinear</v>
+        <v>Exponential</v>
       </c>
       <c r="AN213" t="str">
-        <v>Neodymium Ring</v>
+        <v>Ferrite</v>
       </c>
       <c r="AO213" t="str">
         <v>Single</v>
       </c>
       <c r="AP213" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ213" t="str">
         <v>225</v>
       </c>
       <c r="AR213" t="str">
-        <v>8,86</v>
+        <v>8,8</v>
       </c>
       <c r="AS213" t="str">
         <v>210</v>
       </c>
       <c r="AT213" t="str">
-        <v>8,27</v>
+        <v>8,3</v>
       </c>
       <c r="AU213" t="str">
         <v>187</v>
       </c>
       <c r="AV213" t="str">
-        <v>7,36</v>
+        <v>7,4</v>
       </c>
       <c r="AW213" t="str">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="AX213" t="str">
-        <v>3,66</v>
+        <v>3,94</v>
       </c>
       <c r="AY213" t="str">
         <v>9</v>
       </c>
       <c r="AZ213" t="str">
         <v>0,35</v>
       </c>
       <c r="BA213" t="str">
-        <v>1,1</v>
+        <v>1,5</v>
       </c>
       <c r="BB213" t="str">
-        <v>0,04</v>
+        <v>0,05</v>
       </c>
       <c r="BC213" t="str">
-        <v>1,8</v>
+        <v>5,6</v>
       </c>
       <c r="BD213" t="str">
-        <v>3,97</v>
+        <v>12,35</v>
       </c>
       <c r="BE213" t="str">
         <v>1</v>
       </c>
       <c r="BF213" t="str">
-        <v>2,25</v>
+        <v>6,05</v>
       </c>
       <c r="BG213" t="str">
-        <v>4,96</v>
+        <v>13,34</v>
       </c>
       <c r="BH213" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI213" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ213" t="str">
-        <v>RCK008MBX5116</v>
+        <v>RCK008FW518</v>
       </c>
       <c r="BK213" t="str">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="BL213" t="str">
-        <v>0,67</v>
+        <v>0,42</v>
       </c>
       <c r="BM213" t="str">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="str">
         <v>8MBX51</v>
       </c>
       <c r="B214">
         <v>8</v>
       </c>
       <c r="C214" t="str">
         <v>200</v>
       </c>
       <c r="D214" t="str">
         <v>8</v>
       </c>
       <c r="E214" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F214" t="str">
-        <v>5,9</v>
+        <v>11,2</v>
       </c>
       <c r="G214" t="str">
         <v>200</v>
       </c>
       <c r="H214" t="str">
         <v>400</v>
       </c>
       <c r="I214" t="str">
-        <v>96,5</v>
+        <v>97</v>
       </c>
       <c r="J214" t="str">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="K214" t="str">
         <v>4000</v>
       </c>
       <c r="L214" t="str">
         <v>51</v>
       </c>
       <c r="M214" t="str">
         <v>2</v>
       </c>
       <c r="N214" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O214" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P214" t="str">
         <v>15</v>
       </c>
       <c r="Q214" t="str">
         <v>0,59</v>
       </c>
       <c r="R214" t="str">
         <v>7</v>
       </c>
       <c r="S214" t="str">
         <v>0,28</v>
       </c>
       <c r="T214" t="str">
         <v>1,3</v>
       </c>
       <c r="U214" t="str">
         <v>Waterproof Impregnated Cone</v>
       </c>
       <c r="V214" t="str">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="W214" t="str">
-        <v>4,9</v>
+        <v>10,2</v>
       </c>
       <c r="X214" t="str">
-        <v>0,31</v>
+        <v>0,43</v>
       </c>
       <c r="Y214" t="str">
-        <v>5,6</v>
+        <v>3,3</v>
       </c>
       <c r="Z214" t="str">
-        <v>0,29</v>
+        <v>0,38</v>
       </c>
       <c r="AA214" t="str">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="AB214" t="str">
-        <v>0,81</v>
+        <v>0,78</v>
       </c>
       <c r="AC214" t="str">
         <v>220</v>
       </c>
       <c r="AD214" t="str">
         <v>34,1</v>
       </c>
       <c r="AE214" t="str">
-        <v>1,7</v>
+        <v>1,5</v>
       </c>
       <c r="AF214" t="str">
         <v>6</v>
       </c>
       <c r="AG214" t="str">
-        <v>8</v>
+        <v>5,5</v>
       </c>
       <c r="AH214" t="str">
-        <v>20</v>
+        <v>18,4</v>
       </c>
       <c r="AI214" t="str">
-        <v>11,4</v>
+        <v>13,7</v>
       </c>
       <c r="AJ214" t="str">
-        <v>0,4</v>
+        <v>0,65</v>
       </c>
       <c r="AK214" t="str">
-        <v>194</v>
+        <v>158</v>
       </c>
       <c r="AL214" t="str">
         <v>Triple Roll</v>
       </c>
       <c r="AM214" t="str">
         <v>Curvilinear</v>
       </c>
       <c r="AN214" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO214" t="str">
         <v>Single</v>
       </c>
       <c r="AP214" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ214" t="str">
         <v>225</v>
       </c>
       <c r="AR214" t="str">
         <v>8,86</v>
       </c>
       <c r="AS214" t="str">
         <v>210</v>
       </c>
@@ -36558,361 +36558,370 @@
       <c r="BB214" t="str">
         <v>0,04</v>
       </c>
       <c r="BC214" t="str">
         <v>1,8</v>
       </c>
       <c r="BD214" t="str">
         <v>3,97</v>
       </c>
       <c r="BE214" t="str">
         <v>1</v>
       </c>
       <c r="BF214" t="str">
         <v>2,25</v>
       </c>
       <c r="BG214" t="str">
         <v>4,96</v>
       </c>
       <c r="BH214" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI214" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ214" t="str">
-        <v>RCK008MBX518</v>
+        <v>RCK008MBX5116</v>
       </c>
       <c r="BK214" t="str">
         <v>19</v>
       </c>
       <c r="BL214" t="str">
         <v>0,67</v>
       </c>
       <c r="BM214" t="str">
         <v>63</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="str">
-        <v>8MDN51</v>
+        <v>8MBX51</v>
       </c>
       <c r="B215">
         <v>8</v>
       </c>
       <c r="C215" t="str">
         <v>200</v>
       </c>
       <c r="D215" t="str">
         <v>8</v>
       </c>
       <c r="E215" t="str">
         <v>8</v>
       </c>
       <c r="F215" t="str">
-        <v>7,7</v>
+        <v>5,9</v>
       </c>
       <c r="G215" t="str">
         <v>200</v>
       </c>
       <c r="H215" t="str">
         <v>400</v>
       </c>
       <c r="I215" t="str">
-        <v>97</v>
+        <v>96,5</v>
       </c>
       <c r="J215" t="str">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="K215" t="str">
         <v>4000</v>
       </c>
       <c r="L215" t="str">
         <v>51</v>
       </c>
       <c r="M215" t="str">
         <v>2</v>
       </c>
       <c r="N215" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O215" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P215" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="Q215" t="str">
-        <v>0,62</v>
+        <v>0,59</v>
       </c>
       <c r="R215" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="S215" t="str">
+        <v>0,28</v>
+      </c>
+      <c r="T215" t="str">
+        <v>1,3</v>
+      </c>
+      <c r="U215" t="str">
+        <v>Waterproof Impregnated Cone</v>
+      </c>
+      <c r="V215" t="str">
+        <v>60</v>
+      </c>
+      <c r="W215" t="str">
+        <v>4,9</v>
+      </c>
+      <c r="X215" t="str">
         <v>0,31</v>
       </c>
-      <c r="T215" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="Y215" t="str">
-        <v>3,7</v>
+        <v>5,6</v>
       </c>
       <c r="Z215" t="str">
-        <v>0,2</v>
+        <v>0,29</v>
       </c>
       <c r="AA215" t="str">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="AB215" t="str">
-        <v>0,6</v>
+        <v>0,81</v>
       </c>
       <c r="AC215" t="str">
         <v>220</v>
       </c>
       <c r="AD215" t="str">
         <v>34,1</v>
       </c>
       <c r="AE215" t="str">
-        <v>2,4</v>
+        <v>1,7</v>
       </c>
       <c r="AF215" t="str">
         <v>6</v>
       </c>
       <c r="AG215" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AH215" t="str">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="AI215" t="str">
-        <v>15,3</v>
+        <v>11,4</v>
       </c>
       <c r="AJ215" t="str">
-        <v>0,8</v>
+        <v>0,4</v>
       </c>
       <c r="AK215" t="str">
-        <v>333</v>
+        <v>194</v>
       </c>
       <c r="AL215" t="str">
-        <v>Double Roll</v>
+        <v>Triple Roll</v>
       </c>
       <c r="AM215" t="str">
-        <v>Exponential</v>
+        <v>Curvilinear</v>
       </c>
       <c r="AN215" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO215" t="str">
         <v>Single</v>
       </c>
       <c r="AP215" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ215" t="str">
         <v>225</v>
       </c>
       <c r="AR215" t="str">
-        <v>8,8</v>
+        <v>8,86</v>
       </c>
       <c r="AS215" t="str">
         <v>210</v>
       </c>
       <c r="AT215" t="str">
-        <v>8,3</v>
+        <v>8,27</v>
       </c>
       <c r="AU215" t="str">
         <v>187</v>
       </c>
       <c r="AV215" t="str">
-        <v>7,4</v>
+        <v>7,36</v>
       </c>
       <c r="AW215" t="str">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="AX215" t="str">
-        <v>3,74</v>
+        <v>3,66</v>
       </c>
       <c r="AY215" t="str">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AZ215" t="str">
-        <v>0,4</v>
+        <v>0,35</v>
       </c>
       <c r="BA215" t="str">
         <v>1,1</v>
       </c>
       <c r="BB215" t="str">
         <v>0,04</v>
       </c>
       <c r="BC215" t="str">
-        <v>2,6</v>
+        <v>1,8</v>
       </c>
       <c r="BD215" t="str">
-        <v>5,73</v>
+        <v>3,97</v>
       </c>
       <c r="BE215" t="str">
         <v>1</v>
       </c>
       <c r="BF215" t="str">
-        <v>3,05</v>
+        <v>2,25</v>
       </c>
       <c r="BG215" t="str">
-        <v>6,72</v>
+        <v>4,96</v>
       </c>
       <c r="BH215" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI215" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ215" t="str">
-        <v>RCK008MDN518</v>
+        <v>RCK008MBX518</v>
+      </c>
+      <c r="BK215" t="str">
+        <v>19</v>
+      </c>
+      <c r="BL215" t="str">
+        <v>0,67</v>
+      </c>
+      <c r="BM215" t="str">
+        <v>63</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="str">
         <v>8MDN51</v>
       </c>
       <c r="B216">
         <v>8</v>
       </c>
       <c r="C216" t="str">
         <v>200</v>
       </c>
       <c r="D216" t="str">
         <v>8</v>
       </c>
       <c r="E216" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F216" t="str">
-        <v>11,6</v>
+        <v>7,7</v>
       </c>
       <c r="G216" t="str">
         <v>200</v>
       </c>
       <c r="H216" t="str">
         <v>400</v>
       </c>
       <c r="I216" t="str">
         <v>97</v>
       </c>
       <c r="J216" t="str">
         <v>70</v>
       </c>
       <c r="K216" t="str">
         <v>4000</v>
       </c>
       <c r="L216" t="str">
         <v>51</v>
       </c>
       <c r="M216" t="str">
         <v>2</v>
       </c>
       <c r="N216" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O216" t="str">
         <v>Kapton</v>
       </c>
       <c r="P216" t="str">
         <v>16</v>
       </c>
       <c r="Q216" t="str">
-        <v>0,65</v>
+        <v>0,62</v>
       </c>
       <c r="R216" t="str">
         <v>8</v>
       </c>
       <c r="S216" t="str">
         <v>0,31</v>
       </c>
       <c r="T216" t="str">
         <v>1,45</v>
       </c>
       <c r="U216" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V216" t="str">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="W216" t="str">
-        <v>10</v>
+        <v>5,1</v>
       </c>
       <c r="X216" t="str">
-        <v>0,29</v>
+        <v>0,21</v>
       </c>
       <c r="Y216" t="str">
-        <v>5,2</v>
+        <v>3,7</v>
       </c>
       <c r="Z216" t="str">
-        <v>0,27</v>
+        <v>0,2</v>
       </c>
       <c r="AA216" t="str">
-        <v>17,5</v>
+        <v>16</v>
       </c>
       <c r="AB216" t="str">
-        <v>0,62</v>
+        <v>0,6</v>
       </c>
       <c r="AC216" t="str">
         <v>220</v>
       </c>
       <c r="AD216" t="str">
         <v>34,1</v>
       </c>
       <c r="AE216" t="str">
-        <v>1,5</v>
+        <v>2,4</v>
       </c>
       <c r="AF216" t="str">
         <v>6</v>
       </c>
       <c r="AG216" t="str">
         <v>6</v>
       </c>
       <c r="AH216" t="str">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AI216" t="str">
-        <v>17,8</v>
+        <v>15,3</v>
       </c>
       <c r="AJ216" t="str">
-        <v>1,25</v>
+        <v>0,8</v>
       </c>
       <c r="AK216" t="str">
-        <v>234</v>
+        <v>333</v>
       </c>
       <c r="AL216" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM216" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN216" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO216" t="str">
         <v>Single</v>
       </c>
       <c r="AP216" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ216" t="str">
         <v>225</v>
       </c>
       <c r="AR216" t="str">
         <v>8,8</v>
       </c>
       <c r="AS216" t="str">
         <v>210</v>
       </c>
@@ -36943,361 +36952,352 @@
       <c r="BB216" t="str">
         <v>0,04</v>
       </c>
       <c r="BC216" t="str">
         <v>2,6</v>
       </c>
       <c r="BD216" t="str">
         <v>5,73</v>
       </c>
       <c r="BE216" t="str">
         <v>1</v>
       </c>
       <c r="BF216" t="str">
         <v>3,05</v>
       </c>
       <c r="BG216" t="str">
         <v>6,72</v>
       </c>
       <c r="BH216" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI216" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ216" t="str">
-        <v>RCK008MDN5116</v>
+        <v>RCK008MDN518</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="str">
-        <v>8NDL51</v>
+        <v>8MDN51</v>
       </c>
       <c r="B217">
         <v>8</v>
       </c>
       <c r="C217" t="str">
         <v>200</v>
       </c>
       <c r="D217" t="str">
         <v>8</v>
       </c>
       <c r="E217" t="str">
         <v>16</v>
       </c>
       <c r="F217" t="str">
-        <v>12</v>
+        <v>11,6</v>
       </c>
       <c r="G217" t="str">
         <v>200</v>
       </c>
       <c r="H217" t="str">
         <v>400</v>
       </c>
       <c r="I217" t="str">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J217" t="str">
         <v>70</v>
       </c>
       <c r="K217" t="str">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="L217" t="str">
         <v>51</v>
       </c>
       <c r="M217" t="str">
         <v>2</v>
       </c>
       <c r="N217" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O217" t="str">
-        <v>Glass Fibre</v>
+        <v>Kapton</v>
       </c>
       <c r="P217" t="str">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="Q217" t="str">
         <v>0,65</v>
       </c>
       <c r="R217" t="str">
         <v>8</v>
       </c>
       <c r="S217" t="str">
         <v>0,31</v>
       </c>
       <c r="T217" t="str">
-        <v>1,05</v>
+        <v>1,45</v>
       </c>
       <c r="U217" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="V217" t="str">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="W217" t="str">
-        <v>10,6</v>
+        <v>10</v>
       </c>
       <c r="X217" t="str">
-        <v>0,51</v>
+        <v>0,29</v>
       </c>
       <c r="Y217" t="str">
-        <v>5,88</v>
+        <v>5,2</v>
       </c>
       <c r="Z217" t="str">
-        <v>0,47</v>
+        <v>0,27</v>
       </c>
       <c r="AA217" t="str">
-        <v>13,4</v>
+        <v>17,5</v>
       </c>
       <c r="AB217" t="str">
-        <v>0,47</v>
+        <v>0,62</v>
       </c>
       <c r="AC217" t="str">
         <v>220</v>
       </c>
       <c r="AD217" t="str">
         <v>34,1</v>
       </c>
       <c r="AE217" t="str">
-        <v>0,9</v>
+        <v>1,5</v>
       </c>
       <c r="AF217" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AG217" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AH217" t="str">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="AI217" t="str">
-        <v>15,2</v>
+        <v>17,8</v>
       </c>
       <c r="AJ217" t="str">
-        <v>0,6</v>
+        <v>1,25</v>
       </c>
       <c r="AK217" t="str">
-        <v>137</v>
+        <v>234</v>
       </c>
       <c r="AL217" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM217" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN217" t="str">
-        <v>Neodymium Inside Slug</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO217" t="str">
         <v>Single</v>
       </c>
       <c r="AP217" t="str">
-        <v>Straight Pole</v>
+        <v>T-Pole</v>
       </c>
       <c r="AQ217" t="str">
         <v>225</v>
       </c>
       <c r="AR217" t="str">
         <v>8,8</v>
       </c>
       <c r="AS217" t="str">
         <v>210</v>
       </c>
       <c r="AT217" t="str">
         <v>8,3</v>
       </c>
       <c r="AU217" t="str">
         <v>187</v>
       </c>
       <c r="AV217" t="str">
         <v>7,4</v>
       </c>
       <c r="AW217" t="str">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AX217" t="str">
-        <v>3,5</v>
+        <v>3,74</v>
       </c>
       <c r="AY217" t="str">
         <v>11</v>
       </c>
       <c r="AZ217" t="str">
         <v>0,4</v>
       </c>
       <c r="BA217" t="str">
         <v>1,1</v>
       </c>
       <c r="BB217" t="str">
         <v>0,04</v>
       </c>
       <c r="BC217" t="str">
-        <v>1,85</v>
+        <v>2,6</v>
       </c>
       <c r="BD217" t="str">
-        <v>4,08</v>
+        <v>5,73</v>
       </c>
       <c r="BE217" t="str">
         <v>1</v>
       </c>
       <c r="BF217" t="str">
-        <v>2,3</v>
+        <v>3,05</v>
       </c>
       <c r="BG217" t="str">
-        <v>5,07</v>
+        <v>6,72</v>
       </c>
       <c r="BH217" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI217" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ217" t="str">
-        <v>RCK008NDL5116</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>RCK008MDN5116</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="str">
         <v>8NDL51</v>
       </c>
       <c r="B218">
         <v>8</v>
       </c>
       <c r="C218" t="str">
         <v>200</v>
       </c>
       <c r="D218" t="str">
         <v>8</v>
       </c>
       <c r="E218" t="str">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F218" t="str">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G218" t="str">
         <v>200</v>
       </c>
       <c r="H218" t="str">
         <v>400</v>
       </c>
       <c r="I218" t="str">
         <v>94</v>
       </c>
       <c r="J218" t="str">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K218" t="str">
         <v>3000</v>
       </c>
       <c r="L218" t="str">
         <v>51</v>
       </c>
       <c r="M218" t="str">
         <v>2</v>
       </c>
       <c r="N218" t="str">
         <v>Copper</v>
       </c>
       <c r="O218" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P218" t="str">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="Q218" t="str">
-        <v>0,63</v>
+        <v>0,65</v>
       </c>
       <c r="R218" t="str">
         <v>8</v>
       </c>
       <c r="S218" t="str">
         <v>0,31</v>
       </c>
       <c r="T218" t="str">
         <v>1,05</v>
       </c>
       <c r="U218" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V218" t="str">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="W218" t="str">
-        <v>2,6</v>
+        <v>10,6</v>
       </c>
       <c r="X218" t="str">
-        <v>0,64</v>
+        <v>0,51</v>
       </c>
       <c r="Y218" t="str">
-        <v>5,22</v>
+        <v>5,88</v>
       </c>
       <c r="Z218" t="str">
-        <v>0,57</v>
+        <v>0,47</v>
       </c>
       <c r="AA218" t="str">
-        <v>10,1</v>
+        <v>13,4</v>
       </c>
       <c r="AB218" t="str">
-        <v>0,36</v>
+        <v>0,47</v>
       </c>
       <c r="AC218" t="str">
         <v>220</v>
       </c>
       <c r="AD218" t="str">
         <v>34,1</v>
       </c>
       <c r="AE218" t="str">
-        <v>0,73</v>
+        <v>0,9</v>
       </c>
       <c r="AF218" t="str">
         <v>7</v>
       </c>
       <c r="AG218" t="str">
         <v>7</v>
       </c>
       <c r="AH218" t="str">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AI218" t="str">
-        <v>7,3</v>
+        <v>15,2</v>
       </c>
       <c r="AJ218" t="str">
-        <v>0,15</v>
+        <v>0,6</v>
       </c>
       <c r="AK218" t="str">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="AL218" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM218" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN218" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO218" t="str">
         <v>Single</v>
       </c>
       <c r="AP218" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ218" t="str">
         <v>225</v>
       </c>
       <c r="AR218" t="str">
         <v>8,8</v>
       </c>
       <c r="AS218" t="str">
         <v>210</v>
       </c>
@@ -37328,173 +37328,173 @@
       <c r="BB218" t="str">
         <v>0,04</v>
       </c>
       <c r="BC218" t="str">
         <v>1,85</v>
       </c>
       <c r="BD218" t="str">
         <v>4,08</v>
       </c>
       <c r="BE218" t="str">
         <v>1</v>
       </c>
       <c r="BF218" t="str">
         <v>2,3</v>
       </c>
       <c r="BG218" t="str">
         <v>5,07</v>
       </c>
       <c r="BH218" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI218" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ218" t="str">
-        <v>RCK008NDL514</v>
+        <v>RCK008NDL5116</v>
       </c>
       <c r="BK218" t="str">
         <v>14</v>
       </c>
       <c r="BL218" t="str">
         <v>0,49</v>
       </c>
       <c r="BM218" t="str">
         <v>65</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="str">
         <v>8NDL51</v>
       </c>
       <c r="B219">
         <v>8</v>
       </c>
       <c r="C219" t="str">
         <v>200</v>
       </c>
       <c r="D219" t="str">
         <v>8</v>
       </c>
       <c r="E219" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F219" t="str">
-        <v>6,6</v>
+        <v>3</v>
       </c>
       <c r="G219" t="str">
         <v>200</v>
       </c>
       <c r="H219" t="str">
         <v>400</v>
       </c>
       <c r="I219" t="str">
         <v>94</v>
       </c>
       <c r="J219" t="str">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="K219" t="str">
         <v>3000</v>
       </c>
       <c r="L219" t="str">
         <v>51</v>
       </c>
       <c r="M219" t="str">
         <v>2</v>
       </c>
       <c r="N219" t="str">
         <v>Copper</v>
       </c>
       <c r="O219" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P219" t="str">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="Q219" t="str">
-        <v>0,65</v>
+        <v>0,63</v>
       </c>
       <c r="R219" t="str">
         <v>8</v>
       </c>
       <c r="S219" t="str">
         <v>0,31</v>
       </c>
       <c r="T219" t="str">
         <v>1,05</v>
       </c>
       <c r="U219" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V219" t="str">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="W219" t="str">
-        <v>5,3</v>
+        <v>2,6</v>
       </c>
       <c r="X219" t="str">
-        <v>0,41</v>
+        <v>0,64</v>
       </c>
       <c r="Y219" t="str">
-        <v>3,6</v>
+        <v>5,22</v>
       </c>
       <c r="Z219" t="str">
-        <v>0,37</v>
+        <v>0,57</v>
       </c>
       <c r="AA219" t="str">
-        <v>14</v>
+        <v>10,1</v>
       </c>
       <c r="AB219" t="str">
-        <v>0,5</v>
+        <v>0,36</v>
       </c>
       <c r="AC219" t="str">
         <v>220</v>
       </c>
       <c r="AD219" t="str">
         <v>34,1</v>
       </c>
       <c r="AE219" t="str">
-        <v>1</v>
+        <v>0,73</v>
       </c>
       <c r="AF219" t="str">
         <v>7</v>
       </c>
       <c r="AG219" t="str">
         <v>7</v>
       </c>
       <c r="AH219" t="str">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AI219" t="str">
-        <v>12,4</v>
+        <v>7,3</v>
       </c>
       <c r="AJ219" t="str">
-        <v>0,5</v>
+        <v>0,15</v>
       </c>
       <c r="AK219" t="str">
-        <v>161</v>
+        <v>117</v>
       </c>
       <c r="AL219" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM219" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN219" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO219" t="str">
         <v>Single</v>
       </c>
       <c r="AP219" t="str">
         <v>Straight Pole</v>
       </c>
       <c r="AQ219" t="str">
         <v>225</v>
       </c>
       <c r="AR219" t="str">
         <v>8,8</v>
       </c>
       <c r="AS219" t="str">
         <v>210</v>
       </c>
@@ -37525,370 +37525,370 @@
       <c r="BB219" t="str">
         <v>0,04</v>
       </c>
       <c r="BC219" t="str">
         <v>1,85</v>
       </c>
       <c r="BD219" t="str">
         <v>4,08</v>
       </c>
       <c r="BE219" t="str">
         <v>1</v>
       </c>
       <c r="BF219" t="str">
         <v>2,3</v>
       </c>
       <c r="BG219" t="str">
         <v>5,07</v>
       </c>
       <c r="BH219" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI219" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ219" t="str">
-        <v>RCK008NDL518</v>
+        <v>RCK008NDL514</v>
       </c>
       <c r="BK219" t="str">
         <v>14</v>
       </c>
       <c r="BL219" t="str">
         <v>0,49</v>
       </c>
       <c r="BM219" t="str">
         <v>65</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="str">
-        <v>8NDL64</v>
+        <v>8NDL51</v>
       </c>
       <c r="B220">
         <v>8</v>
       </c>
       <c r="C220" t="str">
         <v>200</v>
       </c>
       <c r="D220" t="str">
         <v>8</v>
       </c>
       <c r="E220" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F220" t="str">
-        <v>14,4</v>
+        <v>6,6</v>
       </c>
       <c r="G220" t="str">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="H220" t="str">
-        <v>700</v>
+        <v>400</v>
       </c>
       <c r="I220" t="str">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J220" t="str">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="K220" t="str">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="L220" t="str">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="M220" t="str">
-        <v>2,5</v>
+        <v>2</v>
       </c>
       <c r="N220" t="str">
         <v>Copper</v>
       </c>
       <c r="O220" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P220" t="str">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="Q220" t="str">
-        <v>0,55</v>
+        <v>0,65</v>
       </c>
       <c r="R220" t="str">
         <v>8</v>
       </c>
       <c r="S220" t="str">
         <v>0,31</v>
       </c>
       <c r="T220" t="str">
-        <v>1,25</v>
+        <v>1,05</v>
       </c>
       <c r="U220" t="str">
-        <v>WP Waterproof Front Side</v>
+        <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V220" t="str">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="W220" t="str">
-        <v>11,2</v>
+        <v>5,3</v>
       </c>
       <c r="X220" t="str">
-        <v>0,25</v>
+        <v>0,41</v>
       </c>
       <c r="Y220" t="str">
-        <v>6,8</v>
+        <v>3,6</v>
       </c>
       <c r="Z220" t="str">
-        <v>0,24</v>
+        <v>0,37</v>
       </c>
       <c r="AA220" t="str">
-        <v>11,8</v>
+        <v>14</v>
       </c>
       <c r="AB220" t="str">
-        <v>0,42</v>
+        <v>0,5</v>
       </c>
       <c r="AC220" t="str">
         <v>220</v>
       </c>
       <c r="AD220" t="str">
         <v>34,1</v>
       </c>
       <c r="AE220" t="str">
-        <v>1,8</v>
+        <v>1</v>
       </c>
       <c r="AF220" t="str">
-        <v>4,5</v>
+        <v>7</v>
       </c>
       <c r="AG220" t="str">
-        <v>5,5</v>
+        <v>7</v>
       </c>
       <c r="AH220" t="str">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AI220" t="str">
-        <v>24</v>
+        <v>12,4</v>
       </c>
       <c r="AJ220" t="str">
-        <v>1,03</v>
+        <v>0,5</v>
       </c>
       <c r="AK220" t="str">
-        <v>292</v>
+        <v>161</v>
       </c>
       <c r="AL220" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM220" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN220" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO220" t="str">
         <v>Single</v>
       </c>
       <c r="AP220" t="str">
-        <v>T-Pole</v>
+        <v>Straight Pole</v>
       </c>
       <c r="AQ220" t="str">
         <v>225</v>
       </c>
       <c r="AR220" t="str">
         <v>8,8</v>
       </c>
       <c r="AS220" t="str">
         <v>210</v>
       </c>
       <c r="AT220" t="str">
         <v>8,3</v>
       </c>
       <c r="AU220" t="str">
         <v>187</v>
       </c>
       <c r="AV220" t="str">
         <v>7,4</v>
       </c>
       <c r="AW220" t="str">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="AX220" t="str">
-        <v>3,74</v>
+        <v>3,5</v>
       </c>
       <c r="AY220" t="str">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AZ220" t="str">
-        <v>0,39</v>
+        <v>0,4</v>
       </c>
       <c r="BA220" t="str">
-        <v>1,5</v>
+        <v>1,1</v>
       </c>
       <c r="BB220" t="str">
-        <v>0,05</v>
+        <v>0,04</v>
       </c>
       <c r="BC220" t="str">
-        <v>2,6</v>
+        <v>1,85</v>
       </c>
       <c r="BD220" t="str">
-        <v>5,73</v>
+        <v>4,08</v>
       </c>
       <c r="BE220" t="str">
         <v>1</v>
       </c>
       <c r="BF220" t="str">
-        <v>3,05</v>
+        <v>2,3</v>
       </c>
       <c r="BG220" t="str">
-        <v>6,72</v>
+        <v>5,07</v>
       </c>
       <c r="BH220" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI220" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ220" t="str">
-        <v>RCK008NDL6416</v>
+        <v>RCK008NDL518</v>
       </c>
       <c r="BK220" t="str">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="BL220" t="str">
-        <v>0,35</v>
+        <v>0,49</v>
       </c>
       <c r="BM220" t="str">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="str">
         <v>8NDL64</v>
       </c>
       <c r="B221">
         <v>8</v>
       </c>
       <c r="C221" t="str">
         <v>200</v>
       </c>
       <c r="D221" t="str">
         <v>8</v>
       </c>
       <c r="E221" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F221" t="str">
-        <v>7,2</v>
+        <v>14,4</v>
       </c>
       <c r="G221" t="str">
         <v>350</v>
       </c>
       <c r="H221" t="str">
         <v>700</v>
       </c>
       <c r="I221" t="str">
         <v>97</v>
       </c>
       <c r="J221" t="str">
         <v>80</v>
       </c>
       <c r="K221" t="str">
         <v>4000</v>
       </c>
       <c r="L221" t="str">
         <v>64</v>
       </c>
       <c r="M221" t="str">
         <v>2,5</v>
       </c>
       <c r="N221" t="str">
         <v>Copper</v>
       </c>
       <c r="O221" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P221" t="str">
         <v>14</v>
       </c>
       <c r="Q221" t="str">
         <v>0,55</v>
       </c>
       <c r="R221" t="str">
         <v>8</v>
       </c>
       <c r="S221" t="str">
         <v>0,31</v>
       </c>
       <c r="T221" t="str">
         <v>1,25</v>
       </c>
       <c r="U221" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V221" t="str">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="W221" t="str">
-        <v>5,4</v>
+        <v>11,2</v>
       </c>
       <c r="X221" t="str">
         <v>0,25</v>
       </c>
       <c r="Y221" t="str">
-        <v>10,91</v>
+        <v>6,8</v>
       </c>
       <c r="Z221" t="str">
-        <v>0,25</v>
+        <v>0,24</v>
       </c>
       <c r="AA221" t="str">
-        <v>9,6</v>
+        <v>11,8</v>
       </c>
       <c r="AB221" t="str">
-        <v>0,34</v>
+        <v>0,42</v>
       </c>
       <c r="AC221" t="str">
         <v>220</v>
       </c>
       <c r="AD221" t="str">
         <v>34,1</v>
       </c>
       <c r="AE221" t="str">
-        <v>1,88</v>
+        <v>1,8</v>
       </c>
       <c r="AF221" t="str">
         <v>4,5</v>
       </c>
       <c r="AG221" t="str">
-        <v>5</v>
+        <v>5,5</v>
       </c>
       <c r="AH221" t="str">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AI221" t="str">
-        <v>17,5</v>
+        <v>24</v>
       </c>
       <c r="AJ221" t="str">
-        <v>0,62</v>
+        <v>1,03</v>
       </c>
       <c r="AK221" t="str">
-        <v>320</v>
+        <v>292</v>
       </c>
       <c r="AL221" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM221" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN221" t="str">
         <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO221" t="str">
         <v>Single</v>
       </c>
       <c r="AP221" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ221" t="str">
         <v>225</v>
       </c>
       <c r="AR221" t="str">
         <v>8,8</v>
       </c>
       <c r="AS221" t="str">
         <v>210</v>
       </c>
@@ -37919,361 +37919,370 @@
       <c r="BB221" t="str">
         <v>0,05</v>
       </c>
       <c r="BC221" t="str">
         <v>2,6</v>
       </c>
       <c r="BD221" t="str">
         <v>5,73</v>
       </c>
       <c r="BE221" t="str">
         <v>1</v>
       </c>
       <c r="BF221" t="str">
         <v>3,05</v>
       </c>
       <c r="BG221" t="str">
         <v>6,72</v>
       </c>
       <c r="BH221" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI221" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ221" t="str">
-        <v>RCK008NDL648</v>
+        <v>RCK008NDL6416</v>
       </c>
       <c r="BK221" t="str">
         <v>10</v>
       </c>
       <c r="BL221" t="str">
         <v>0,35</v>
       </c>
       <c r="BM221" t="str">
         <v>85</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="str">
-        <v>8NSM64</v>
+        <v>8NDL64</v>
       </c>
       <c r="B222">
         <v>8</v>
       </c>
       <c r="C222" t="str">
         <v>200</v>
       </c>
       <c r="D222" t="str">
         <v>8</v>
       </c>
       <c r="E222" t="str">
         <v>8</v>
       </c>
       <c r="F222" t="str">
-        <v>8,2</v>
+        <v>7,2</v>
       </c>
       <c r="G222" t="str">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="H222" t="str">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I222" t="str">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="J222" t="str">
-        <v>245</v>
+        <v>80</v>
       </c>
       <c r="K222" t="str">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="L222" t="str">
         <v>64</v>
       </c>
       <c r="M222" t="str">
         <v>2,5</v>
       </c>
       <c r="N222" t="str">
-        <v>Aluminium</v>
+        <v>Copper</v>
       </c>
       <c r="O222" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P222" t="str">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="Q222" t="str">
-        <v>0,51</v>
+        <v>0,55</v>
       </c>
       <c r="R222" t="str">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="S222" t="str">
-        <v>0,39</v>
+        <v>0,31</v>
       </c>
       <c r="T222" t="str">
-        <v>1,55</v>
+        <v>1,25</v>
       </c>
       <c r="U222" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V222" t="str">
-        <v>245</v>
+        <v>80</v>
       </c>
       <c r="W222" t="str">
-        <v>5,7</v>
+        <v>5,4</v>
       </c>
       <c r="X222" t="str">
-        <v>0,35</v>
+        <v>0,25</v>
       </c>
       <c r="Y222" t="str">
-        <v>9,3</v>
+        <v>10,91</v>
       </c>
       <c r="Z222" t="str">
+        <v>0,25</v>
+      </c>
+      <c r="AA222" t="str">
+        <v>9,6</v>
+      </c>
+      <c r="AB222" t="str">
         <v>0,34</v>
-      </c>
-[...4 lines deleted...]
-        <v>0,05</v>
       </c>
       <c r="AC222" t="str">
         <v>220</v>
       </c>
       <c r="AD222" t="str">
         <v>34,1</v>
       </c>
       <c r="AE222" t="str">
+        <v>1,88</v>
+      </c>
+      <c r="AF222" t="str">
         <v>4,5</v>
       </c>
-      <c r="AF222" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="AG222" t="str">
-        <v>1,7</v>
+        <v>5</v>
       </c>
       <c r="AH222" t="str">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="AI222" t="str">
-        <v>22</v>
+        <v>17,5</v>
       </c>
       <c r="AJ222" t="str">
-        <v>0,6</v>
+        <v>0,62</v>
       </c>
       <c r="AK222" t="str">
-        <v>700</v>
+        <v>320</v>
       </c>
       <c r="AL222" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM222" t="str">
-        <v>Radial</v>
+        <v>Exponential</v>
       </c>
       <c r="AN222" t="str">
-        <v>Neodymium Ring</v>
+        <v>Neodymium Inside Slug</v>
       </c>
       <c r="AO222" t="str">
         <v>Single</v>
       </c>
       <c r="AP222" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ222" t="str">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="AR222" t="str">
-        <v>9,41</v>
+        <v>8,8</v>
       </c>
       <c r="AS222" t="str">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="AT222" t="str">
-        <v>8,74</v>
+        <v>8,3</v>
       </c>
       <c r="AU222" t="str">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="AV222" t="str">
-        <v>7,87</v>
+        <v>7,4</v>
       </c>
       <c r="AW222" t="str">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="AX222" t="str">
-        <v>4,53</v>
+        <v>3,74</v>
       </c>
       <c r="AY222" t="str">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="AZ222" t="str">
-        <v>0,63</v>
+        <v>0,39</v>
       </c>
       <c r="BA222" t="str">
-        <v>3,5</v>
+        <v>1,5</v>
       </c>
       <c r="BB222" t="str">
-        <v>0,12</v>
+        <v>0,05</v>
       </c>
       <c r="BC222" t="str">
-        <v>4,55</v>
+        <v>2,6</v>
       </c>
       <c r="BD222" t="str">
-        <v>10,03</v>
+        <v>5,73</v>
       </c>
       <c r="BE222" t="str">
         <v>1</v>
       </c>
       <c r="BF222" t="str">
-        <v>5,15</v>
+        <v>3,05</v>
       </c>
       <c r="BG222" t="str">
-        <v>11,35</v>
+        <v>6,72</v>
       </c>
       <c r="BH222" t="str">
-        <v>295x314x175</v>
+        <v>255x255x150</v>
       </c>
       <c r="BI222" t="str">
-        <v>11.61x12.36x6.89</v>
+        <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ222" t="str">
-        <v>RCK008NSM648</v>
+        <v>RCK008NDL648</v>
+      </c>
+      <c r="BK222" t="str">
+        <v>10</v>
+      </c>
+      <c r="BL222" t="str">
+        <v>0,35</v>
+      </c>
+      <c r="BM222" t="str">
+        <v>85</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="str">
         <v>8NSM64</v>
       </c>
       <c r="B223">
         <v>8</v>
       </c>
       <c r="C223" t="str">
         <v>200</v>
       </c>
       <c r="D223" t="str">
         <v>8</v>
       </c>
       <c r="E223" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F223" t="str">
-        <v>14,5</v>
+        <v>8,2</v>
       </c>
       <c r="G223" t="str">
         <v>250</v>
       </c>
       <c r="H223" t="str">
         <v>500</v>
       </c>
       <c r="I223" t="str">
         <v>100</v>
       </c>
       <c r="J223" t="str">
         <v>245</v>
       </c>
       <c r="K223" t="str">
         <v>2000</v>
       </c>
       <c r="L223" t="str">
         <v>64</v>
       </c>
       <c r="M223" t="str">
         <v>2,5</v>
       </c>
       <c r="N223" t="str">
         <v>Aluminium</v>
       </c>
       <c r="O223" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P223" t="str">
-        <v>14,2</v>
+        <v>13</v>
       </c>
       <c r="Q223" t="str">
-        <v>0,56</v>
+        <v>0,51</v>
       </c>
       <c r="R223" t="str">
         <v>10</v>
       </c>
       <c r="S223" t="str">
         <v>0,39</v>
       </c>
       <c r="T223" t="str">
         <v>1,55</v>
       </c>
       <c r="U223" t="str">
         <v>WP Waterproof Front Side</v>
       </c>
       <c r="V223" t="str">
         <v>245</v>
       </c>
       <c r="W223" t="str">
-        <v>10,9</v>
+        <v>5,7</v>
       </c>
       <c r="X223" t="str">
-        <v>0,45</v>
+        <v>0,35</v>
       </c>
       <c r="Y223" t="str">
-        <v>10,2</v>
+        <v>9,3</v>
       </c>
       <c r="Z223" t="str">
-        <v>0,43</v>
+        <v>0,34</v>
       </c>
       <c r="AA223" t="str">
         <v>1,5</v>
       </c>
       <c r="AB223" t="str">
         <v>0,05</v>
       </c>
       <c r="AC223" t="str">
         <v>220</v>
       </c>
       <c r="AD223" t="str">
         <v>34,1</v>
       </c>
       <c r="AE223" t="str">
-        <v>4,7</v>
+        <v>4,5</v>
       </c>
       <c r="AF223" t="str">
         <v>2</v>
       </c>
       <c r="AG223" t="str">
         <v>1,7</v>
       </c>
       <c r="AH223" t="str">
         <v>19</v>
       </c>
       <c r="AI223" t="str">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="AJ223" t="str">
-        <v>1,9</v>
+        <v>0,6</v>
       </c>
       <c r="AK223" t="str">
-        <v>544</v>
+        <v>700</v>
       </c>
       <c r="AL223" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM223" t="str">
         <v>Radial</v>
       </c>
       <c r="AN223" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO223" t="str">
         <v>Single</v>
       </c>
       <c r="AP223" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ223" t="str">
         <v>239</v>
       </c>
       <c r="AR223" t="str">
         <v>9,41</v>
       </c>
       <c r="AS223" t="str">
         <v>222</v>
       </c>
@@ -38304,352 +38313,352 @@
       <c r="BB223" t="str">
         <v>0,12</v>
       </c>
       <c r="BC223" t="str">
         <v>4,55</v>
       </c>
       <c r="BD223" t="str">
         <v>10,03</v>
       </c>
       <c r="BE223" t="str">
         <v>1</v>
       </c>
       <c r="BF223" t="str">
         <v>5,15</v>
       </c>
       <c r="BG223" t="str">
         <v>11,35</v>
       </c>
       <c r="BH223" t="str">
         <v>295x314x175</v>
       </c>
       <c r="BI223" t="str">
         <v>11.61x12.36x6.89</v>
       </c>
       <c r="BJ223" t="str">
-        <v>RCK008NSM6416</v>
+        <v>RCK008NSM648</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="str">
-        <v>8NW51</v>
+        <v>8NSM64</v>
       </c>
       <c r="B224">
         <v>8</v>
       </c>
       <c r="C224" t="str">
         <v>200</v>
       </c>
       <c r="D224" t="str">
         <v>8</v>
       </c>
       <c r="E224" t="str">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F224" t="str">
-        <v>7,7</v>
+        <v>14,5</v>
       </c>
       <c r="G224" t="str">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H224" t="str">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I224" t="str">
-        <v>96,5</v>
+        <v>100</v>
       </c>
       <c r="J224" t="str">
-        <v>70</v>
+        <v>245</v>
       </c>
       <c r="K224" t="str">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="L224" t="str">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="M224" t="str">
-        <v>2</v>
+        <v>2,5</v>
       </c>
       <c r="N224" t="str">
-        <v>Copper</v>
+        <v>Aluminium</v>
       </c>
       <c r="O224" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P224" t="str">
-        <v>19</v>
+        <v>14,2</v>
       </c>
       <c r="Q224" t="str">
-        <v>0,73</v>
+        <v>0,56</v>
       </c>
       <c r="R224" t="str">
         <v>10</v>
       </c>
       <c r="S224" t="str">
-        <v>0,4</v>
+        <v>0,39</v>
       </c>
       <c r="T224" t="str">
-        <v>1,3</v>
+        <v>1,55</v>
       </c>
       <c r="U224" t="str">
-        <v>TWP Waterproof Both Sides</v>
+        <v>WP Waterproof Front Side</v>
       </c>
       <c r="V224" t="str">
-        <v>74</v>
+        <v>245</v>
       </c>
       <c r="W224" t="str">
-        <v>5,2</v>
+        <v>10,9</v>
       </c>
       <c r="X224" t="str">
-        <v>0,19</v>
+        <v>0,45</v>
       </c>
       <c r="Y224" t="str">
-        <v>2,7</v>
+        <v>10,2</v>
       </c>
       <c r="Z224" t="str">
-        <v>0,17</v>
+        <v>0,43</v>
       </c>
       <c r="AA224" t="str">
-        <v>11</v>
+        <v>1,5</v>
       </c>
       <c r="AB224" t="str">
-        <v>0,4</v>
+        <v>0,05</v>
       </c>
       <c r="AC224" t="str">
         <v>220</v>
       </c>
       <c r="AD224" t="str">
         <v>34,1</v>
       </c>
       <c r="AE224" t="str">
-        <v>2,4</v>
+        <v>4,7</v>
       </c>
       <c r="AF224" t="str">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="AG224" t="str">
-        <v>6</v>
+        <v>1,7</v>
       </c>
       <c r="AH224" t="str">
+        <v>19</v>
+      </c>
+      <c r="AI224" t="str">
         <v>28</v>
       </c>
-      <c r="AI224" t="str">
-[...1 lines deleted...]
-      </c>
       <c r="AJ224" t="str">
-        <v>0,4</v>
+        <v>1,9</v>
       </c>
       <c r="AK224" t="str">
-        <v>389</v>
+        <v>544</v>
       </c>
       <c r="AL224" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM224" t="str">
-        <v>Exponential</v>
+        <v>Radial</v>
       </c>
       <c r="AN224" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO224" t="str">
         <v>Single</v>
       </c>
       <c r="AP224" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ224" t="str">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="AR224" t="str">
-        <v>8,8</v>
+        <v>9,41</v>
       </c>
       <c r="AS224" t="str">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="AT224" t="str">
-        <v>8,3</v>
+        <v>8,74</v>
       </c>
       <c r="AU224" t="str">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="AV224" t="str">
-        <v>7,4</v>
+        <v>7,87</v>
       </c>
       <c r="AW224" t="str">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="AX224" t="str">
-        <v>4</v>
+        <v>4,53</v>
       </c>
       <c r="AY224" t="str">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="AZ224" t="str">
-        <v>0,4</v>
+        <v>0,63</v>
       </c>
       <c r="BA224" t="str">
-        <v>1,1</v>
+        <v>3,5</v>
       </c>
       <c r="BB224" t="str">
-        <v>0,04</v>
+        <v>0,12</v>
       </c>
       <c r="BC224" t="str">
-        <v>3,05</v>
+        <v>4,55</v>
       </c>
       <c r="BD224" t="str">
-        <v>6,72</v>
+        <v>10,03</v>
       </c>
       <c r="BE224" t="str">
         <v>1</v>
       </c>
       <c r="BF224" t="str">
-        <v>3,5</v>
+        <v>5,15</v>
       </c>
       <c r="BG224" t="str">
-        <v>7,72</v>
+        <v>11,35</v>
       </c>
       <c r="BH224" t="str">
-        <v>255x255x150</v>
+        <v>295x314x175</v>
       </c>
       <c r="BI224" t="str">
-        <v>10.04x10.04x5.91</v>
+        <v>11.61x12.36x6.89</v>
       </c>
       <c r="BJ224" t="str">
-        <v>RCK008NW518</v>
+        <v>RCK008NSM6416</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="str">
         <v>8NW51</v>
       </c>
       <c r="B225">
         <v>8</v>
       </c>
       <c r="C225" t="str">
         <v>200</v>
       </c>
       <c r="D225" t="str">
         <v>8</v>
       </c>
       <c r="E225" t="str">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F225" t="str">
-        <v>14</v>
+        <v>7,7</v>
       </c>
       <c r="G225" t="str">
         <v>200</v>
       </c>
       <c r="H225" t="str">
         <v>400</v>
       </c>
       <c r="I225" t="str">
-        <v>97</v>
+        <v>96,5</v>
       </c>
       <c r="J225" t="str">
         <v>70</v>
       </c>
       <c r="K225" t="str">
         <v>3000</v>
       </c>
       <c r="L225" t="str">
         <v>51</v>
       </c>
       <c r="M225" t="str">
         <v>2</v>
       </c>
       <c r="N225" t="str">
         <v>Copper</v>
       </c>
       <c r="O225" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P225" t="str">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="Q225" t="str">
-        <v>0,67</v>
+        <v>0,73</v>
       </c>
       <c r="R225" t="str">
         <v>10</v>
       </c>
       <c r="S225" t="str">
         <v>0,4</v>
       </c>
       <c r="T225" t="str">
         <v>1,3</v>
       </c>
       <c r="U225" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V225" t="str">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="W225" t="str">
-        <v>10,7</v>
+        <v>5,2</v>
       </c>
       <c r="X225" t="str">
-        <v>0,23</v>
+        <v>0,19</v>
       </c>
       <c r="Y225" t="str">
-        <v>6,3</v>
+        <v>2,7</v>
       </c>
       <c r="Z225" t="str">
-        <v>0,22</v>
+        <v>0,17</v>
       </c>
       <c r="AA225" t="str">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="AB225" t="str">
-        <v>0,49</v>
+        <v>0,4</v>
       </c>
       <c r="AC225" t="str">
         <v>220</v>
       </c>
       <c r="AD225" t="str">
         <v>34,1</v>
       </c>
       <c r="AE225" t="str">
-        <v>1,8</v>
+        <v>2,4</v>
       </c>
       <c r="AF225" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AG225" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AH225" t="str">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AI225" t="str">
-        <v>23</v>
+        <v>18,9</v>
       </c>
       <c r="AJ225" t="str">
         <v>0,4</v>
       </c>
       <c r="AK225" t="str">
-        <v>296</v>
+        <v>389</v>
       </c>
       <c r="AL225" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM225" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN225" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO225" t="str">
         <v>Single</v>
       </c>
       <c r="AP225" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ225" t="str">
         <v>225</v>
       </c>
       <c r="AR225" t="str">
         <v>8,8</v>
       </c>
       <c r="AS225" t="str">
         <v>210</v>
       </c>
@@ -38680,164 +38689,164 @@
       <c r="BB225" t="str">
         <v>0,04</v>
       </c>
       <c r="BC225" t="str">
         <v>3,05</v>
       </c>
       <c r="BD225" t="str">
         <v>6,72</v>
       </c>
       <c r="BE225" t="str">
         <v>1</v>
       </c>
       <c r="BF225" t="str">
         <v>3,5</v>
       </c>
       <c r="BG225" t="str">
         <v>7,72</v>
       </c>
       <c r="BH225" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI225" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ225" t="str">
-        <v>RCK008NW5116</v>
+        <v>RCK008NW518</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="str">
         <v>8NW51</v>
       </c>
       <c r="B226">
         <v>8</v>
       </c>
       <c r="C226" t="str">
         <v>200</v>
       </c>
       <c r="D226" t="str">
         <v>8</v>
       </c>
       <c r="E226" t="str">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F226" t="str">
-        <v>3,7</v>
+        <v>14</v>
       </c>
       <c r="G226" t="str">
         <v>200</v>
       </c>
       <c r="H226" t="str">
         <v>400</v>
       </c>
       <c r="I226" t="str">
         <v>97</v>
       </c>
       <c r="J226" t="str">
         <v>70</v>
       </c>
       <c r="K226" t="str">
         <v>3000</v>
       </c>
       <c r="L226" t="str">
         <v>51</v>
       </c>
       <c r="M226" t="str">
         <v>2</v>
       </c>
       <c r="N226" t="str">
         <v>Copper</v>
       </c>
       <c r="O226" t="str">
         <v>Glass Fibre</v>
       </c>
       <c r="P226" t="str">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="Q226" t="str">
-        <v>0,65</v>
+        <v>0,67</v>
       </c>
       <c r="R226" t="str">
         <v>10</v>
       </c>
       <c r="S226" t="str">
         <v>0,4</v>
       </c>
       <c r="T226" t="str">
         <v>1,3</v>
       </c>
       <c r="U226" t="str">
         <v>TWP Waterproof Both Sides</v>
       </c>
       <c r="V226" t="str">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="W226" t="str">
-        <v>2,5</v>
+        <v>10,7</v>
       </c>
       <c r="X226" t="str">
-        <v>0,26</v>
+        <v>0,23</v>
       </c>
       <c r="Y226" t="str">
-        <v>5,3</v>
+        <v>6,3</v>
       </c>
       <c r="Z226" t="str">
-        <v>0,25</v>
+        <v>0,22</v>
       </c>
       <c r="AA226" t="str">
-        <v>10,6</v>
+        <v>14</v>
       </c>
       <c r="AB226" t="str">
-        <v>0,37</v>
+        <v>0,49</v>
       </c>
       <c r="AC226" t="str">
         <v>220</v>
       </c>
       <c r="AD226" t="str">
         <v>34,1</v>
       </c>
       <c r="AE226" t="str">
-        <v>1,76</v>
+        <v>1,8</v>
       </c>
       <c r="AF226" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AG226" t="str">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AH226" t="str">
         <v>27</v>
       </c>
       <c r="AI226" t="str">
-        <v>11,2</v>
+        <v>23</v>
       </c>
       <c r="AJ226" t="str">
-        <v>0,2</v>
+        <v>0,4</v>
       </c>
       <c r="AK226" t="str">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="AL226" t="str">
         <v>Double Roll</v>
       </c>
       <c r="AM226" t="str">
         <v>Exponential</v>
       </c>
       <c r="AN226" t="str">
         <v>Neodymium Ring</v>
       </c>
       <c r="AO226" t="str">
         <v>Single</v>
       </c>
       <c r="AP226" t="str">
         <v>T-Pole</v>
       </c>
       <c r="AQ226" t="str">
         <v>225</v>
       </c>
       <c r="AR226" t="str">
         <v>8,8</v>
       </c>
       <c r="AS226" t="str">
         <v>210</v>
       </c>
@@ -38868,452 +38877,640 @@
       <c r="BB226" t="str">
         <v>0,04</v>
       </c>
       <c r="BC226" t="str">
         <v>3,05</v>
       </c>
       <c r="BD226" t="str">
         <v>6,72</v>
       </c>
       <c r="BE226" t="str">
         <v>1</v>
       </c>
       <c r="BF226" t="str">
         <v>3,5</v>
       </c>
       <c r="BG226" t="str">
         <v>7,72</v>
       </c>
       <c r="BH226" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI226" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ226" t="str">
-        <v>RCK008NW514</v>
+        <v>RCK008NW5116</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="str">
-        <v>8PE21</v>
+        <v>8NW51</v>
       </c>
       <c r="B227">
         <v>8</v>
       </c>
       <c r="C227" t="str">
         <v>200</v>
       </c>
       <c r="D227" t="str">
         <v>8</v>
       </c>
       <c r="E227" t="str">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F227" t="str">
-        <v>7,2</v>
+        <v>3,7</v>
       </c>
       <c r="G227" t="str">
         <v>200</v>
       </c>
       <c r="H227" t="str">
         <v>400</v>
       </c>
       <c r="I227" t="str">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J227" t="str">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="K227" t="str">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="L227" t="str">
         <v>51</v>
       </c>
       <c r="M227" t="str">
         <v>2</v>
       </c>
       <c r="N227" t="str">
         <v>Copper</v>
       </c>
       <c r="O227" t="str">
-        <v>Kapton</v>
+        <v>Glass Fibre</v>
       </c>
       <c r="P227" t="str">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="Q227" t="str">
+        <v>0,65</v>
+      </c>
+      <c r="R227" t="str">
+        <v>10</v>
+      </c>
+      <c r="S227" t="str">
+        <v>0,4</v>
+      </c>
+      <c r="T227" t="str">
+        <v>1,3</v>
+      </c>
+      <c r="U227" t="str">
+        <v>TWP Waterproof Both Sides</v>
+      </c>
+      <c r="V227" t="str">
+        <v>76</v>
+      </c>
+      <c r="W227" t="str">
+        <v>2,5</v>
+      </c>
+      <c r="X227" t="str">
+        <v>0,26</v>
+      </c>
+      <c r="Y227" t="str">
+        <v>5,3</v>
+      </c>
+      <c r="Z227" t="str">
+        <v>0,25</v>
+      </c>
+      <c r="AA227" t="str">
+        <v>10,6</v>
+      </c>
+      <c r="AB227" t="str">
         <v>0,37</v>
-      </c>
-[...31 lines deleted...]
-        <v>0,46</v>
       </c>
       <c r="AC227" t="str">
         <v>220</v>
       </c>
       <c r="AD227" t="str">
         <v>34,1</v>
       </c>
       <c r="AE227" t="str">
-        <v>4,1</v>
+        <v>1,76</v>
       </c>
       <c r="AF227" t="str">
-        <v>2,5</v>
+        <v>6</v>
       </c>
       <c r="AG227" t="str">
-        <v>4,5</v>
+        <v>5</v>
       </c>
       <c r="AH227" t="str">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="AI227" t="str">
-        <v>16,6</v>
+        <v>11,2</v>
       </c>
       <c r="AJ227" t="str">
-        <v>0,5</v>
+        <v>0,2</v>
       </c>
       <c r="AK227" t="str">
-        <v>435</v>
+        <v>292</v>
       </c>
       <c r="AL227" t="str">
-        <v>Triple Roll</v>
+        <v>Double Roll</v>
       </c>
       <c r="AM227" t="str">
-        <v>Radial</v>
+        <v>Exponential</v>
       </c>
       <c r="AN227" t="str">
-        <v>Ferrite</v>
+        <v>Neodymium Ring</v>
       </c>
       <c r="AO227" t="str">
         <v>Single</v>
       </c>
       <c r="AP227" t="str">
-        <v>Straight Pole</v>
+        <v>T-Pole</v>
       </c>
       <c r="AQ227" t="str">
         <v>225</v>
       </c>
       <c r="AR227" t="str">
-        <v>8,86</v>
+        <v>8,8</v>
       </c>
       <c r="AS227" t="str">
         <v>210</v>
       </c>
       <c r="AT227" t="str">
-        <v>8,27</v>
+        <v>8,3</v>
       </c>
       <c r="AU227" t="str">
         <v>187</v>
       </c>
       <c r="AV227" t="str">
-        <v>7,36</v>
+        <v>7,4</v>
       </c>
       <c r="AW227" t="str">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="AX227" t="str">
-        <v>3,58</v>
+        <v>4</v>
       </c>
       <c r="AY227" t="str">
         <v>11</v>
       </c>
       <c r="AZ227" t="str">
-        <v>0,43</v>
+        <v>0,4</v>
       </c>
       <c r="BA227" t="str">
-        <v>1,2</v>
+        <v>1,1</v>
       </c>
       <c r="BB227" t="str">
         <v>0,04</v>
       </c>
       <c r="BC227" t="str">
-        <v>4,25</v>
+        <v>3,05</v>
       </c>
       <c r="BD227" t="str">
-        <v>9,37</v>
+        <v>6,72</v>
       </c>
       <c r="BE227" t="str">
         <v>1</v>
       </c>
       <c r="BF227" t="str">
-        <v>4,7</v>
+        <v>3,5</v>
       </c>
       <c r="BG227" t="str">
-        <v>10,36</v>
+        <v>7,72</v>
       </c>
       <c r="BH227" t="str">
         <v>255x255x150</v>
       </c>
       <c r="BI227" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
       <c r="BJ227" t="str">
-        <v>RCK008PE218</v>
+        <v>RCK008NW514</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="str">
-        <v>8PL21</v>
+        <v>8PE21</v>
       </c>
       <c r="B228">
         <v>8</v>
       </c>
+      <c r="C228" t="str">
+        <v>200</v>
+      </c>
+      <c r="D228" t="str">
+        <v>8</v>
+      </c>
       <c r="E228" t="str">
         <v>8</v>
+      </c>
+      <c r="F228" t="str">
+        <v>7,2</v>
+      </c>
+      <c r="G228" t="str">
+        <v>200</v>
+      </c>
+      <c r="H228" t="str">
+        <v>400</v>
+      </c>
+      <c r="I228" t="str">
+        <v>98</v>
+      </c>
+      <c r="J228" t="str">
+        <v>90</v>
+      </c>
+      <c r="K228" t="str">
+        <v>5000</v>
+      </c>
+      <c r="L228" t="str">
+        <v>51</v>
+      </c>
+      <c r="M228" t="str">
+        <v>2</v>
+      </c>
+      <c r="N228" t="str">
+        <v>Copper</v>
+      </c>
+      <c r="O228" t="str">
+        <v>Kapton</v>
+      </c>
+      <c r="P228" t="str">
+        <v>9</v>
+      </c>
+      <c r="Q228" t="str">
+        <v>0,37</v>
+      </c>
+      <c r="R228" t="str">
+        <v>8</v>
+      </c>
+      <c r="S228" t="str">
+        <v>0,31</v>
+      </c>
+      <c r="T228" t="str">
+        <v>1,25</v>
+      </c>
+      <c r="U228" t="str">
+        <v>None</v>
+      </c>
+      <c r="V228" t="str">
+        <v>87</v>
+      </c>
+      <c r="W228" t="str">
+        <v>5,6</v>
+      </c>
+      <c r="X228" t="str">
+        <v>0,2</v>
+      </c>
+      <c r="Y228" t="str">
+        <v>3,8</v>
+      </c>
+      <c r="Z228" t="str">
+        <v>0,19</v>
+      </c>
+      <c r="AA228" t="str">
+        <v>13</v>
+      </c>
+      <c r="AB228" t="str">
+        <v>0,46</v>
+      </c>
+      <c r="AC228" t="str">
+        <v>220</v>
+      </c>
+      <c r="AD228" t="str">
+        <v>34,1</v>
+      </c>
+      <c r="AE228" t="str">
+        <v>4,1</v>
+      </c>
+      <c r="AF228" t="str">
+        <v>2,5</v>
+      </c>
+      <c r="AG228" t="str">
+        <v>4,5</v>
+      </c>
+      <c r="AH228" t="str">
+        <v>18</v>
+      </c>
+      <c r="AI228" t="str">
+        <v>16,6</v>
+      </c>
+      <c r="AJ228" t="str">
+        <v>0,5</v>
+      </c>
+      <c r="AK228" t="str">
+        <v>435</v>
+      </c>
+      <c r="AL228" t="str">
+        <v>Triple Roll</v>
+      </c>
+      <c r="AM228" t="str">
+        <v>Radial</v>
+      </c>
+      <c r="AN228" t="str">
+        <v>Ferrite</v>
+      </c>
+      <c r="AO228" t="str">
+        <v>Single</v>
+      </c>
+      <c r="AP228" t="str">
+        <v>Straight Pole</v>
+      </c>
+      <c r="AQ228" t="str">
+        <v>225</v>
+      </c>
+      <c r="AR228" t="str">
+        <v>8,86</v>
+      </c>
+      <c r="AS228" t="str">
+        <v>210</v>
+      </c>
+      <c r="AT228" t="str">
+        <v>8,27</v>
+      </c>
+      <c r="AU228" t="str">
+        <v>187</v>
+      </c>
+      <c r="AV228" t="str">
+        <v>7,36</v>
+      </c>
+      <c r="AW228" t="str">
+        <v>91</v>
+      </c>
+      <c r="AX228" t="str">
+        <v>3,58</v>
+      </c>
+      <c r="AY228" t="str">
+        <v>11</v>
+      </c>
+      <c r="AZ228" t="str">
+        <v>0,43</v>
+      </c>
+      <c r="BA228" t="str">
+        <v>1,2</v>
+      </c>
+      <c r="BB228" t="str">
+        <v>0,04</v>
+      </c>
+      <c r="BC228" t="str">
+        <v>4,25</v>
+      </c>
+      <c r="BD228" t="str">
+        <v>9,37</v>
+      </c>
+      <c r="BE228" t="str">
+        <v>1</v>
+      </c>
+      <c r="BF228" t="str">
+        <v>4,7</v>
+      </c>
+      <c r="BG228" t="str">
+        <v>10,36</v>
+      </c>
+      <c r="BH228" t="str">
+        <v>255x255x150</v>
+      </c>
+      <c r="BI228" t="str">
+        <v>10.04x10.04x5.91</v>
+      </c>
+      <c r="BJ228" t="str">
+        <v>RCK008PE218</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="str">
-        <v>8PS21</v>
+        <v>8PL21</v>
       </c>
       <c r="B229">
         <v>8</v>
       </c>
-      <c r="C229" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="E229" t="str">
         <v>8</v>
       </c>
-      <c r="F229" t="str">
+    </row>
+    <row r="230">
+      <c r="A230" t="str">
+        <v>8PS21</v>
+      </c>
+      <c r="B230">
+        <v>8</v>
+      </c>
+      <c r="C230" t="str">
+        <v>200</v>
+      </c>
+      <c r="D230" t="str">
+        <v>8</v>
+      </c>
+      <c r="E230" t="str">
+        <v>8</v>
+      </c>
+      <c r="F230" t="str">
         <v>7</v>
       </c>
-      <c r="G229" t="str">
+      <c r="G230" t="str">
         <v>200</v>
       </c>
-      <c r="H229" t="str">
+      <c r="H230" t="str">
         <v>400</v>
       </c>
-      <c r="I229" t="str">
+      <c r="I230" t="str">
         <v>94</v>
       </c>
-      <c r="J229" t="str">
+      <c r="J230" t="str">
         <v>70</v>
       </c>
-      <c r="K229" t="str">
+      <c r="K230" t="str">
         <v>3000</v>
       </c>
-      <c r="L229" t="str">
+      <c r="L230" t="str">
         <v>51</v>
       </c>
-      <c r="M229" t="str">
+      <c r="M230" t="str">
         <v>2</v>
       </c>
-      <c r="N229" t="str">
+      <c r="N230" t="str">
         <v>Copper</v>
       </c>
-      <c r="O229" t="str">
+      <c r="O230" t="str">
         <v>Kapton</v>
       </c>
-      <c r="P229" t="str">
+      <c r="P230" t="str">
         <v>16</v>
       </c>
-      <c r="Q229" t="str">
+      <c r="Q230" t="str">
         <v>0,62</v>
       </c>
-      <c r="R229" t="str">
+      <c r="R230" t="str">
         <v>8</v>
       </c>
-      <c r="S229" t="str">
+      <c r="S230" t="str">
         <v>0,31</v>
       </c>
-      <c r="T229" t="str">
+      <c r="T230" t="str">
         <v>1,1</v>
       </c>
-      <c r="U229" t="str">
+      <c r="U230" t="str">
         <v>None</v>
       </c>
-      <c r="V229" t="str">
+      <c r="V230" t="str">
         <v>73</v>
       </c>
-      <c r="W229" t="str">
+      <c r="W230" t="str">
         <v>5,4</v>
       </c>
-      <c r="X229" t="str">
+      <c r="X230" t="str">
         <v>0,36</v>
       </c>
-      <c r="Y229" t="str">
+      <c r="Y230" t="str">
         <v>4,2</v>
       </c>
-      <c r="Z229" t="str">
+      <c r="Z230" t="str">
         <v>0,33</v>
       </c>
-      <c r="AA229" t="str">
+      <c r="AA230" t="str">
         <v>14</v>
       </c>
-      <c r="AB229" t="str">
+      <c r="AB230" t="str">
         <v>0,49</v>
       </c>
-      <c r="AC229" t="str">
+      <c r="AC230" t="str">
         <v>220</v>
       </c>
-      <c r="AD229" t="str">
+      <c r="AD230" t="str">
         <v>34,1</v>
       </c>
-      <c r="AE229" t="str">
+      <c r="AE230" t="str">
         <v>1,5</v>
       </c>
-      <c r="AF229" t="str">
+      <c r="AF230" t="str">
         <v>5</v>
       </c>
-      <c r="AG229" t="str">
+      <c r="AG230" t="str">
         <v>4</v>
       </c>
-      <c r="AH229" t="str">
+      <c r="AH230" t="str">
         <v>23</v>
       </c>
-      <c r="AI229" t="str">
+      <c r="AI230" t="str">
         <v>12,6</v>
       </c>
-      <c r="AJ229" t="str">
+      <c r="AJ230" t="str">
         <v>0,5</v>
       </c>
-      <c r="AK229" t="str">
+      <c r="AK230" t="str">
         <v>203</v>
       </c>
-      <c r="AL229" t="str">
+      <c r="AL230" t="str">
         <v>Double Roll</v>
       </c>
-      <c r="AM229" t="str">
+      <c r="AM230" t="str">
         <v>Exponential</v>
       </c>
-      <c r="AN229" t="str">
+      <c r="AN230" t="str">
         <v>Ferrite</v>
       </c>
-      <c r="AO229" t="str">
+      <c r="AO230" t="str">
         <v>Single</v>
       </c>
-      <c r="AP229" t="str">
+      <c r="AP230" t="str">
         <v>T-Pole</v>
       </c>
-      <c r="AQ229" t="str">
+      <c r="AQ230" t="str">
         <v>225</v>
       </c>
-      <c r="AR229" t="str">
+      <c r="AR230" t="str">
         <v>8,8</v>
       </c>
-      <c r="AS229" t="str">
+      <c r="AS230" t="str">
         <v>210</v>
       </c>
-      <c r="AT229" t="str">
+      <c r="AT230" t="str">
         <v>8,3</v>
       </c>
-      <c r="AU229" t="str">
+      <c r="AU230" t="str">
         <v>187</v>
       </c>
-      <c r="AV229" t="str">
+      <c r="AV230" t="str">
         <v>7,4</v>
       </c>
-      <c r="AW229" t="str">
+      <c r="AW230" t="str">
         <v>91</v>
       </c>
-      <c r="AX229" t="str">
+      <c r="AX230" t="str">
         <v>3,6</v>
       </c>
-      <c r="AY229" t="str">
+      <c r="AY230" t="str">
         <v>11</v>
       </c>
-      <c r="AZ229" t="str">
+      <c r="AZ230" t="str">
         <v>0,4</v>
       </c>
-      <c r="BA229" t="str">
+      <c r="BA230" t="str">
         <v>1,2</v>
       </c>
-      <c r="BB229" t="str">
+      <c r="BB230" t="str">
         <v>0,04</v>
       </c>
-      <c r="BC229" t="str">
+      <c r="BC230" t="str">
         <v>3,3</v>
       </c>
-      <c r="BD229" t="str">
+      <c r="BD230" t="str">
         <v>7,28</v>
       </c>
-      <c r="BE229" t="str">
+      <c r="BE230" t="str">
         <v>1</v>
       </c>
-      <c r="BF229" t="str">
+      <c r="BF230" t="str">
         <v>3,75</v>
       </c>
-      <c r="BG229" t="str">
+      <c r="BG230" t="str">
         <v>8,27</v>
       </c>
-      <c r="BH229" t="str">
+      <c r="BH230" t="str">
         <v>255x255x150</v>
       </c>
-      <c r="BI229" t="str">
+      <c r="BI230" t="str">
         <v>10.04x10.04x5.91</v>
       </c>
-      <c r="BJ229" t="str">
+      <c r="BJ230" t="str">
         <v>RCK008PS218</v>
       </c>
-      <c r="BK229" t="str">
+      <c r="BK230" t="str">
         <v>14</v>
       </c>
-      <c r="BL229" t="str">
+      <c r="BL230" t="str">
         <v>0,49</v>
       </c>
-      <c r="BM229" t="str">
+      <c r="BM230" t="str">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:BN229"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:BN230"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>lf-driver</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 